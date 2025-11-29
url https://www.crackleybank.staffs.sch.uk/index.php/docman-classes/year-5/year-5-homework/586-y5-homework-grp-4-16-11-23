--- v1 (2025-10-29)
+++ v2 (2025-11-29)
@@ -388,1469 +388,1220 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r w:rsidR="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="6460" w:type="dxa"/>
+        <w:tblW w:w="6092" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1292"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1292"/>
+        <w:gridCol w:w="1523"/>
+        <w:gridCol w:w="1523"/>
+        <w:gridCol w:w="1523"/>
+        <w:gridCol w:w="1523"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F176C" w:rsidRPr="00D76442" w14:paraId="5517B1C8" w14:textId="60FE49B9" w:rsidTr="000F176C">
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="5517B1C8" w14:textId="60FE49B9" w:rsidTr="009639E5">
         <w:trPr>
-          <w:trHeight w:val="527"/>
+          <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcW w:w="1523" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="61DD1836" w14:textId="24EB7C07" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+          <w:p w14:paraId="61DD1836" w14:textId="24EB7C07" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcW w:w="1523" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6B39A591" w14:textId="560DBCF8" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
-[...39 lines deleted...]
-          <w:p w14:paraId="4A09F7BF" w14:textId="67F17A1F" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+          <w:p w14:paraId="0BA9F7A5" w14:textId="34F9A815" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcW w:w="1523" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="5C2BDDCB" w14:textId="34B5EDE9" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+          <w:p w14:paraId="79C90F15" w14:textId="6102F97E" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2661F019" w14:textId="15EBDD28" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...10 lines deleted...]
-          <w:p w14:paraId="32B0431B" w14:textId="30FD9067" w:rsidR="000F176C" w:rsidRDefault="0054734A" w:rsidP="00D76442">
+      </w:tr>
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="224F00A2" w14:textId="5D660546" w:rsidTr="009639E5">
+        <w:trPr>
+          <w:trHeight w:val="492"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4845448B" w14:textId="0AC0B28D" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70897B5F" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14E27BDB" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="650877FF" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="07BEE92A" w14:textId="4E183047" w:rsidTr="009639E5">
+        <w:trPr>
+          <w:trHeight w:val="522"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D193A27" w14:textId="011AAE1F" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D7C76D6" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A8FBF1C" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DE2951C" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="623BFA41" w14:textId="6BCE8FD7" w:rsidTr="009639E5">
+        <w:trPr>
+          <w:trHeight w:val="492"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3E6120" w14:textId="475DBBFF" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35F42FEB" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="708B1E6D" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36556B24" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="2A82F080" w14:textId="043E828E" w:rsidTr="009639E5">
+        <w:trPr>
+          <w:trHeight w:val="522"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FBD6E81" w14:textId="5239D6EA" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5171A951" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4470122E" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="346DAE09" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F176C" w:rsidRPr="00D76442" w14:paraId="224F00A2" w14:textId="5D660546" w:rsidTr="000F176C">
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="7B493594" w14:textId="7998056A" w:rsidTr="009639E5">
         <w:trPr>
-          <w:trHeight w:val="497"/>
+          <w:trHeight w:val="492"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcW w:w="1523" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4845448B" w14:textId="5D638839" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+          <w:p w14:paraId="7297BFB4" w14:textId="04622263" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1292" w:type="dxa"/>
-[...85 lines deleted...]
-          <w:p w14:paraId="5BD50CFA" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B9EDDAC" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49569D8A" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E681F79" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F176C" w:rsidRPr="00D76442" w14:paraId="07BEE92A" w14:textId="4E183047" w:rsidTr="000F176C">
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="02545D9C" w14:textId="2BB83074" w:rsidTr="009639E5">
         <w:trPr>
-          <w:trHeight w:val="527"/>
+          <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcW w:w="1523" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7D193A27" w14:textId="5E1F6B48" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+          <w:p w14:paraId="6091FA54" w14:textId="1572FFCA" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1292" w:type="dxa"/>
-[...85 lines deleted...]
-          <w:p w14:paraId="4F04C352" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A6224E7" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="180CEC63" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52DB359C" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F176C" w:rsidRPr="00D76442" w14:paraId="623BFA41" w14:textId="6BCE8FD7" w:rsidTr="000F176C">
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="286AC3AF" w14:textId="0FB8BC79" w:rsidTr="009639E5">
         <w:trPr>
-          <w:trHeight w:val="497"/>
+          <w:trHeight w:val="492"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcW w:w="1523" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3E6120" w14:textId="0CAD415F" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+          <w:p w14:paraId="4C1ABBE0" w14:textId="4DD1A9C1" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1292" w:type="dxa"/>
-[...85 lines deleted...]
-          <w:p w14:paraId="3BCAB18A" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="409B77D4" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="706DF984" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0246A5A4" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F176C" w:rsidRPr="00D76442" w14:paraId="2A82F080" w14:textId="043E828E" w:rsidTr="000F176C">
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="28CA1546" w14:textId="08814898" w:rsidTr="009639E5">
         <w:trPr>
-          <w:trHeight w:val="527"/>
+          <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcW w:w="1523" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6FBD6E81" w14:textId="51CD9CD0" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
-[...148 lines deleted...]
-          <w:p w14:paraId="7297BFB4" w14:textId="3E76C386" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+          <w:p w14:paraId="3DA5E5A0" w14:textId="2937CAB5" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1292" w:type="dxa"/>
-[...532 lines deleted...]
-          <w:p w14:paraId="289BAD4F" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63581D03" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DA8C998" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E0A3024" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E62EF8E" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRDefault="00D76442" w:rsidP="00191FC3">
+    <w:p w14:paraId="263E21A1" w14:textId="77777777" w:rsidR="00236F34" w:rsidRDefault="00D76442" w:rsidP="00191FC3">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B18EA31" wp14:editId="0D138ADC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="988320439" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
@@ -1960,132 +1711,130 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C31064D" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
+    <w:p w14:paraId="736E00E0" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C6CAF59" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
+    <w:p w14:paraId="37823F86" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AF68A6A" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
+    <w:p w14:paraId="14DBF367" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E346A84" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
+    <w:p w14:paraId="30EE2EFA" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="381970AF" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00191FC3"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="66F72425" w14:textId="77777777" w:rsidR="00EC23FD" w:rsidRPr="00EC23FD" w:rsidRDefault="00EC23FD" w:rsidP="00EC23FD">
+    <w:p w14:paraId="08ACF9ED" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B42ED30" w14:textId="77777777" w:rsidR="00EC23FD" w:rsidRPr="00EC23FD" w:rsidRDefault="00EC23FD" w:rsidP="00EC23FD">
+    <w:p w14:paraId="6CA0CA27" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5329B40D" w14:textId="77777777" w:rsidR="00EC23FD" w:rsidRPr="00EC23FD" w:rsidRDefault="00EC23FD" w:rsidP="00EC23FD">
+    <w:p w14:paraId="6F84415D" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0701CCBC" w14:textId="77777777" w:rsidR="00EC23FD" w:rsidRPr="00EC23FD" w:rsidRDefault="00EC23FD" w:rsidP="00EC23FD">
+    <w:p w14:paraId="2366AD63" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1087B618" w14:textId="77777777" w:rsidR="00EC23FD" w:rsidRDefault="00EC23FD" w:rsidP="00F0737C">
+    <w:p w14:paraId="380A6C5E" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
       <w:pPr>
-        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F95E475" w14:textId="77777777" w:rsidR="00EC23FD" w:rsidRDefault="00EC23FD" w:rsidP="00F0737C">
+    <w:p w14:paraId="39BF3651" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
       <w:pPr>
-        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="187F4AE3" w14:textId="41615F68" w:rsidR="00290D26" w:rsidRDefault="00D76442" w:rsidP="00F0737C">
+    <w:p w14:paraId="71852D3C" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38E416A6" w14:textId="77777777" w:rsidR="00236F34" w:rsidRDefault="00236F34" w:rsidP="00191FC3"/>
+    <w:p w14:paraId="0A90D6CC" w14:textId="77777777" w:rsidR="00236F34" w:rsidRDefault="00236F34" w:rsidP="00191FC3"/>
+    <w:p w14:paraId="187F4AE3" w14:textId="2145B72C" w:rsidR="00290D26" w:rsidRDefault="00D76442" w:rsidP="00236F34">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D58E540" w14:textId="6668B5F6" w:rsidR="002831BC" w:rsidRPr="00D76442" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t>Spellings – Look, cover, write and check. This week we are practising</w:t>
       </w:r>
@@ -2093,1147 +1842,1128 @@
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> commonly confused words.</w:t>
       </w:r>
       <w:r w:rsidR="00F34682" w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002831BC" w:rsidRPr="000F176C" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="002831BC" w:rsidRPr="009639E5" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="000F176C" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
-[...11 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="009639E5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009639E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11D05BB1" w14:textId="3757E8F7" w:rsidR="002831BC" w:rsidRPr="000F176C" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
-[...11 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="11D05BB1" w14:textId="3757E8F7" w:rsidR="002831BC" w:rsidRPr="009639E5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009639E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="015A615B" w14:textId="06E6D04B" w:rsidR="002831BC" w:rsidRPr="000F176C" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
-[...11 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="015A615B" w14:textId="06E6D04B" w:rsidR="002831BC" w:rsidRPr="009639E5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009639E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="000F176C" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
-[...11 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="009639E5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009639E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07234843" w14:textId="25F6B893" w:rsidR="002831BC" w:rsidRPr="000F176C" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
-[...11 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="07234843" w14:textId="25F6B893" w:rsidR="002831BC" w:rsidRPr="009639E5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009639E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="241BB8AB" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="009639E5" w:rsidRPr="009639E5" w14:paraId="4648E37F" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68EA5080" w14:textId="771D19D7" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="44FF7828" w14:textId="77471D57" w:rsidR="009639E5" w:rsidRPr="0091712E" w:rsidRDefault="009639E5" w:rsidP="009639E5">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0091712E">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17B1770B" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="009639E5" w:rsidRDefault="009639E5" w:rsidP="009639E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3092AD" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="009639E5" w:rsidRDefault="009639E5" w:rsidP="009639E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7877BABB" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="009639E5" w:rsidRDefault="009639E5" w:rsidP="009639E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24438781" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="009639E5" w:rsidRDefault="009639E5" w:rsidP="009639E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0091712E" w:rsidRPr="009639E5" w14:paraId="241BB8AB" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68EA5080" w14:textId="73129A84" w:rsidR="0091712E" w:rsidRPr="0091712E" w:rsidRDefault="0091712E" w:rsidP="0091712E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0054734A">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0091712E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>come</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>be</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="0091712E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="295A4BBC" w14:textId="3859C5D0" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="295A4BBC" w14:textId="3859C5D0" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="081837A7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="081837A7" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="4958301C" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0091712E" w:rsidRPr="009639E5" w14:paraId="4958301C" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43C265A2" w14:textId="5782D41F" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="43C265A2" w14:textId="4D380D61" w:rsidR="0091712E" w:rsidRPr="0091712E" w:rsidRDefault="0091712E" w:rsidP="0091712E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0054734A">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0091712E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>some</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>he</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="0091712E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13C1BE96" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="13C1BE96" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AB945F4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="0AB945F4" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00BD63BB" w14:textId="239183A7" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="00BD63BB" w14:textId="239183A7" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="71B68D79" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0091712E" w:rsidRPr="009639E5" w14:paraId="0138A8C4" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75AF0D1D" w14:textId="04C108BF" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="754C6928" w14:textId="3D3E3B2F" w:rsidR="0091712E" w:rsidRPr="0091712E" w:rsidRDefault="0091712E" w:rsidP="0091712E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0054734A">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0091712E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>one</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>me</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="0091712E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57970E4A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="0F6B2490" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="1C6653B3" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41A38841" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="1CA5B406" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39AEF005" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="1BF81449" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="5B27EC32" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0091712E" w:rsidRPr="009639E5" w14:paraId="71B68D79" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="035E4F1A" w14:textId="5180A5B5" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="75AF0D1D" w14:textId="71680CC8" w:rsidR="0091712E" w:rsidRPr="0091712E" w:rsidRDefault="0091712E" w:rsidP="0091712E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0054734A">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0091712E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>once</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>she</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="0091712E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="540D3A89" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="57970E4A" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8B8C6A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76966E89" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="41A38841" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="041B682C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="39AEF005" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="234CFCB0" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0091712E" w:rsidRPr="009639E5" w14:paraId="5B27EC32" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="358BE97C" w14:textId="7B0CD3E7" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="035E4F1A" w14:textId="2F22F85B" w:rsidR="0091712E" w:rsidRPr="0091712E" w:rsidRDefault="0091712E" w:rsidP="0091712E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="0054734A">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0091712E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>ask</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>we</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="0091712E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53891815" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="540D3A89" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D6DB5E5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="1A8B8C6A" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04E7EAFC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="76966E89" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="502E8263" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="041B682C" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="22543463" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="00CF0360" w:rsidRPr="009639E5" w14:paraId="0CF7D4C7" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36EDE327" w14:textId="362A4C50" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="75F4D145" w14:textId="3C27FFB8" w:rsidR="00CF0360" w:rsidRPr="0091712E" w:rsidRDefault="0091712E" w:rsidP="009639E5">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0091712E">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0091712E">
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
-                <w:sz w:val="36"/>
-[...10 lines deleted...]
-              <w:t>friend</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>y</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F300DCE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="4C0D29D2" w14:textId="77777777" w:rsidR="00CF0360" w:rsidRPr="009639E5" w:rsidRDefault="00CF0360" w:rsidP="009639E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="518E9258" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="300A2A64" w14:textId="77777777" w:rsidR="00CF0360" w:rsidRPr="009639E5" w:rsidRDefault="00CF0360" w:rsidP="009639E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65911322" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="110914A6" w14:textId="77777777" w:rsidR="00CF0360" w:rsidRPr="009639E5" w:rsidRDefault="00CF0360" w:rsidP="009639E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0997DF0A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...95 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="2469E160" w14:textId="77777777" w:rsidR="00CF0360" w:rsidRPr="009639E5" w:rsidRDefault="00CF0360" w:rsidP="009639E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D777A3E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00D9204C">
+    <w:p w14:paraId="7543C528" w14:textId="77777777" w:rsidR="0091712E" w:rsidRDefault="0091712E" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="369B7F46" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00D9204C">
+    <w:p w14:paraId="5789BB21" w14:textId="77777777" w:rsidR="0091712E" w:rsidRDefault="0091712E" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53F72189" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00D9204C">
-[...6 lines deleted...]
-    <w:p w14:paraId="31EEF867" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="5C60F85D" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6715E411" wp14:editId="4DDB5B35">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F0C4FB6" wp14:editId="765AD92C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1883623861" name="Text Box 3"/>
+                <wp:docPr id="1932508074" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3EE3103F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="468510F6" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="27F318EE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="79E87ED0" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="34102659" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="6755DC68" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="6A9BED89" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="63F582BB" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="7AF48C5D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="5CA530ED" w14:textId="77777777" w:rsidR="0091712E" w:rsidRDefault="0091712E" w:rsidP="0091712E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="12B9C5B2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="4852CAA4" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="7BE20584" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="2B34C78D" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId13" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="6715E411" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="5F0C4FB6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBDkmEuOgIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVV8RsoTgiXxY6KTnD1xXCPzDnn5lF7SAPuA/+CQ+pAGuC3qKkBPvrb/chH0eK&#13;&#10;UUoa1GJO3c89s4IS9U3jsG/TySSINzqT6ecROvY6sr2O6H29AiQqxc0zPJoh36uTKS3Ur7g2y/Aq&#13;&#10;hpjm+HZO/clc+W5DcO24WC5jEsrVMP+gN4YH6DCYQOtL+8qs6cfqURGPcFIty95Nt8sNX2pY7j3I&#13;&#10;Ko4+8Nyx2tOPUo/i6dcy7NK1H7Mufx6L3wAAAP//AwBQSwMEFAAGAAgAAAAhAILikRzkAAAAEAEA&#13;&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoU5SkSRqn4qdw6YmCOLuxa1uN15Ht&#13;&#10;puHtcU9wWWm0uzPztZvZDmSSPhiHDJaLDIjE3gmDisHX59tDBSREjoIPDiWDHxlg093etLwR7oIf&#13;&#10;ctpHRZIJhoYz0DGODaWh19LysHCjxLQ7Om95TNIrKjy/JHM70McsK6nlBlOC5qN80bI/7c+WwfZZ&#13;&#10;1aqvuNfbShgzzd/HnXpn7P5ufl2n8bQGEuUc/z7gypD6Q5eKHdwZRSADg2qVJ6DIYFXUQK4HeV2W&#13;&#10;QA4M8qIsgHYt/Q/S/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#13;&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#13;&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDkmEuOgIAAIQEAAAO&#13;&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAAAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="3EE3103F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="468510F6" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="27F318EE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="79E87ED0" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="34102659" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="6755DC68" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="6A9BED89" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="63F582BB" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="7AF48C5D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="5CA530ED" w14:textId="77777777" w:rsidR="0091712E" w:rsidRDefault="0091712E" w:rsidP="0091712E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="12B9C5B2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="4852CAA4" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="7BE20584" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="2B34C78D" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId14" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -3247,1984 +2977,1984 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="6902" w:type="dxa"/>
+        <w:tblW w:w="6741" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="986"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="986"/>
+        <w:gridCol w:w="963"/>
+        <w:gridCol w:w="963"/>
+        <w:gridCol w:w="963"/>
+        <w:gridCol w:w="963"/>
+        <w:gridCol w:w="963"/>
+        <w:gridCol w:w="963"/>
+        <w:gridCol w:w="963"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="376F407A" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0091712E" w:rsidRPr="00D76442" w14:paraId="46A76D14" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
-          <w:trHeight w:val="485"/>
+          <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcW w:w="963" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="37BC4875" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0F24FB67" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcW w:w="963" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="4D347D74" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="18CD5C50" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="195B1DE4" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5796697A" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="40594942" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5C3DF2" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="39C14601" w14:textId="77777777" w:rsidR="0091712E" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...10 lines deleted...]
-          <w:p w14:paraId="71BDB9E2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+      </w:tr>
+      <w:tr w:rsidR="0091712E" w:rsidRPr="00D76442" w14:paraId="50F57C29" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:trPr>
+          <w:trHeight w:val="495"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="20107481" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="986" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="1690FEC7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32524358" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18EE4F94" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="096F949F" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18A53F8D" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1683C902" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58C321D3" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0091712E" w:rsidRPr="00D76442" w14:paraId="06A5DCAD" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A908EF" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13C8A313" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1324D91C" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07A9CC69" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18138554" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FEEAF4C" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42C7D0E6" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0091712E" w:rsidRPr="00D76442" w14:paraId="2C82FBE5" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:trPr>
+          <w:trHeight w:val="495"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="240F9983" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05810711" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41F8CDCC" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00FBF4EA" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CEF5467" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6485D161" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CBE52FF" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0091712E" w:rsidRPr="00D76442" w14:paraId="4BFF21E8" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="38065263" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="659383C4" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6732F44E" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28D34913" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CA73797" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="460C85F4" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="697BC345" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0091712E" w:rsidRPr="00D76442" w14:paraId="33F742F1" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:trPr>
+          <w:trHeight w:val="495"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C49414" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31719217" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CFE597D" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74BC0825" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C915752" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1ECFC393" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="238EAFB4" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0091712E" w:rsidRPr="00D76442" w14:paraId="377C0CD4" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FCFD405" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53058DB2" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1719C341" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52644311" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B6DD4B1" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F856B41" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C709E76" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0091712E" w:rsidRPr="00D76442" w14:paraId="594223E8" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:trPr>
+          <w:trHeight w:val="495"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D04F383" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31FEC1E8" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1561A88A" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E8B8601" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29A0C655" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17E568EC" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56F6E87F" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0091712E" w:rsidRPr="00D76442" w14:paraId="0C976508" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="596857F7" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="986" w:type="dxa"/>
-[...1709 lines deleted...]
-          <w:p w14:paraId="213866A9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13039306" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B2BFD10" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="319804E9" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30013E08" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AB57526" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E5C0E24" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="718968E3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="270B913D" w14:textId="77777777" w:rsidR="0091712E" w:rsidRDefault="0091712E" w:rsidP="0091712E">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7346E3D5" wp14:editId="019F4B95">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="164A67F2" wp14:editId="3F82653D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="222690834" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="495158188" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -5239,62 +4969,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57234781" wp14:editId="7F7AF86D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0872A317" wp14:editId="30E7593C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="287271046" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1454011245" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -5317,1425 +5047,1346 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F89AED9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="01CFA6E2" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="0091712E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20058158" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="1641D7CA" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="0091712E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E3FBD87" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="77000FE3" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="0091712E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E568C21" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="586E6E73" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="0091712E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="194AAEA6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="5D8D7A60" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="1F901CB4" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="0091712E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="179CA532" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="76A9E095" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="0091712E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F7A2D5A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="6E19A0FF" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="0091712E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D2ACCC2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="684253FD" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="0091712E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DFDFA15" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="539D0CC4" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="0091712E">
       <w:pPr>
-        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="036FB5AC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="4AFF9EB5" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="0091712E">
       <w:pPr>
-        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F994A3E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="4B7867FC" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="653A0D67" w14:textId="77777777" w:rsidR="0091712E" w:rsidRDefault="0091712E" w:rsidP="0091712E"/>
+    <w:p w14:paraId="7F2126F8" w14:textId="77777777" w:rsidR="0091712E" w:rsidRDefault="0091712E" w:rsidP="0091712E"/>
+    <w:p w14:paraId="35E0F048" w14:textId="77777777" w:rsidR="0091712E" w:rsidRDefault="0091712E" w:rsidP="0091712E">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66C226A8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="116EBB1F" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="6A7823C9" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0091712E" w:rsidRPr="00236F34" w14:paraId="2476B8DF" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4151D7B8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="600D5A3E" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00EC23FD">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00236F34">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BCD7BC4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7B4BEF63" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00EC23FD">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00236F34">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15120AD0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2B2B9444" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00EC23FD">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00236F34">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="703583BC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="41E3AC60" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00EC23FD">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00236F34">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="500BA9A6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5658B724" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00EC23FD">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00236F34">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="241E8C62" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00236F34" w14:paraId="55BAEE3C" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E01D819" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="799EFFDA" w14:textId="5693E1F6" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
+              <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...11 lines deleted...]
-              <w:t>fast</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>every</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C72943">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47CBF725" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="63CA3AEA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76D52BE4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6043126D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B01C7C8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0826BD43" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E5A2A89" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="513768C3" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="5CAB1299" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00236F34" w14:paraId="1D4DAB8E" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42FC516F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7F525520" w14:textId="65D9EC27" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C72943">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>last</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>everybody</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C72943">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64CCF440" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1498AAF5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25C32ECB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="3FE335EC" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BE6D8AB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0A986C10" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7212F76D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="147666AD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="1F0782F5" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00236F34" w14:paraId="7F722286" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29F5571E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="47BB1C9C" w14:textId="2AECD99D" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...5 lines deleted...]
-              <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>past</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>even</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C72943">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="441BE414" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="70456516" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D09A65C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="3143E3B8" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7640021E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1483E4E2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="109E2BEB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="22F0802E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="2524106F" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00236F34" w14:paraId="7BC0DA1E" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E37A766" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="58A36943" w14:textId="51558C23" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C72943">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>father</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>great</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C72943">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="381DEF50" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="100A0F7A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F72A242" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6D007084" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC7A1C9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="44E976CF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54964D65" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4B7FAA9B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="0D95FA0E" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00236F34" w14:paraId="7B517182" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="739725A6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="307C9AA0" w14:textId="1A752A1F" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C72943">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>class</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>break</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C72943">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="088C3B68" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="3744AAFE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06CFC00E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="606094F5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B078032" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="743F6E2A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19CDF753" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4072486E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="31AB2E5F" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00236F34" w14:paraId="4E811823" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DA6A8D4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7E7C885A" w14:textId="200A5063" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C72943">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>grass</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>steak</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C72943">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DA79A45" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0A87D5C4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71D606F4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1820776E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AD5C031" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="3092656B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="353AF3E3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7B498505" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="4A2DDF8D" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00236F34" w14:paraId="22D47A4D" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F1EC35D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4987D234" w14:textId="7FE2529D" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C72943">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>pass</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>pretty</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C72943">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A3979E3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7A97E669" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A05CEA8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="306F3BF6" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BD5F107" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="365C22E9" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="698C65E5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="07B4169F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="78333374" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00236F34" w14:paraId="61B104A6" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CE60A80" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4C6499B7" w14:textId="12FD07C0" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C72943">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>plant</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>beautiful</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C72943">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="002DA805" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4A69CEBB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72938149" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="582CC030" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD3B393" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="47D5CCA0" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="179CDF67" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7017F222" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...91 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43C7CE95" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="6AFCC386" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00D9204C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="763E49CD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00D9204C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BCFE2DD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6327EF80" wp14:editId="0E1BDC64">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3273E613" wp14:editId="234E3BB9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="470485664" name="Text Box 3"/>
+                <wp:docPr id="105792438" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="49DEBFB7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="4EA2283F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="016D98C4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="3DEECC95" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="648A3D0A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="0D2B45DA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="26549E6C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="502367E1" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="174E68DB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="7954F89A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3619684F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="4BD2324B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="07C374DF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="59E034F2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId15" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6327EF80" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="3273E613" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="49DEBFB7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="4EA2283F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="016D98C4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="3DEECC95" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="648A3D0A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="0D2B45DA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="26549E6C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="502367E1" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="174E68DB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="7954F89A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3619684F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="4BD2324B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="07C374DF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="59E034F2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId16" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -6775,3574 +6426,3579 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="7407E1CD" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="1962F02A" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="634D0C5C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="613EF02E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE00449" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="469101E2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="36111659" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="44020787" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE7AA60" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E7FE0AA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ADAD804" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="089DC77B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="27FA6BBD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D03F206" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="48932627" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2B68AB25" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="502B8D7E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...159 lines deleted...]
-          <w:p w14:paraId="6EB00CBF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="697A718C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...78 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="6F7FC72B" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="17B76234" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6D6E693C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="03A428BE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3FC81510" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="7349C10B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4BBBBE50" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C80F33A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79FFF50C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B68CCA9" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E80609D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E072C33" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="443746BE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17A1B2EE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="315A0803" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65F233BA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="2F37A4AC" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="4CA2AFF1" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1408A659" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="713F337D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2AE26333" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="056C8504" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="20A73102" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="490FD119" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7ED58ED6" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61D59104" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5929283C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AF96136" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C131F2B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="349FAA8F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C5F060A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1477A286" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="48B6873D" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="31289CA0" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="04B5397F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="18449269" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="376B7CE7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="42BF874E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="19B1822A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49DB4BB1" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CF3953F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27B18AD3" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61277A92" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42961C8A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13D1AA62" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D8239AE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37EBBE60" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69F32D95" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="74E5F492" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="33749C0F" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1D6F0914" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7E0D6463" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="47BBF68B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="5A8D2C36" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="62D127FE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CF8290C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="274B68CF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13009090" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17B6A31B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="549BFE87" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F8051F6" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78D55129" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A978968" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="127F29D5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="15D1E835" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="07FE66D9" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="34E486E4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1B93B076" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3E17AA6D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="708E153E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0BE55D83" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7941185E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5150CDAD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23EF4588" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D4B4A86" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C76C189" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32EB69DB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C48BC2C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D678DA5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68B1CC7B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="63BFA424" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="46A963AA" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="30C5F652" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="45BC5658" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3587830D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="5BA1A83A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="65493AB2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="455D9881" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32B05E89" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33278729" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E78FE1F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52B9B703" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39AEE06E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04E4BCD9" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="562D7EFD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A6D858E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="261733D2" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="36878919" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4A08E892" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6B614ABF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="52CF0DAB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="0F0DF907" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0E7D6100" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AFEE7C8" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="200ED8FF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74A77358" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5700E676" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5896217F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="128FDCCE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3416923E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60F53255" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3998D09A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="0FDBEE74" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="36668CFF" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="632BD48E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="08A3662B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2386408D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="4F2D1719" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7F932A2D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BC60725" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="070CE798" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="151D5AD5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22326217" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01E9D57D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02AFDAAE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F64F684" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F52045C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="187E0A87" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="699688BD" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="1EE2FD65" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="03579FDA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="173BF612" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="539C1B27" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="050D482D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="725BC570" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45B23CAB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61CE4403" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41140367" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37D357DE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41DEA422" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="154B86F1" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D84962F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32823941" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48DB4496" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="12398428" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="5CC7BA08" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4F08AE50" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="051FC970" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1B1407A9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="2AA4E031" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2F7F7494" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47A80FA8" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="156D7B39" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="241CEF5C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05175200" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AB1789A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="356CAB66" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24F840C6" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62D9A1CD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52212650" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="438FA987" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="75389F1E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DE2A877" wp14:editId="5B65C9A6">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B55F35D" wp14:editId="7B65F160">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="353696940" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="527090721" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -10357,62 +10013,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AF5DF23" wp14:editId="757E28E3">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10E9F1BB" wp14:editId="79EB3E2A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="2064420440" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1678596789" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -10434,1302 +10090,1180 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...35 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D428F4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="183D366A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="1089ACB2" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="26C6C799" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D340C42" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7F5D455D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0093601E">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20C6FDDF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="383AFE37" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0093601E">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D0608D7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4A37605E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0093601E">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B8DD5C1" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4978CE90" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0093601E">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B4E290D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="3A99510A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0093601E">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="69159544" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="23D96646" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CB2DB65" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="32E3FFB1" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47EA0">
+            <w:r w:rsidRPr="00760A91">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>February</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FD4EB3C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56515701" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0983A519" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A615A7E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="45BDBD71" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66353E61" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>February</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00760A91">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>ordinary</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47EA0">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4497640B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="23A6FCDC" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE5D63B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="583F53CB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52588646" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="107E84B7" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29241A66" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="60B61E85" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="248FCD46" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="082D8989" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C0C4637" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1B196BD3" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47EA0">
-[...24 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...66 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>library</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47EA0">
-[...1 lines deleted...]
-                <w:rStyle w:val="eop"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="394A33FA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EB8CBBE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="426D34A1" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7288E106" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="27FAA788" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="560204E4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t> </w:t>
-[...8 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...65 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>century</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47EA0">
-[...1 lines deleted...]
-                <w:rStyle w:val="eop"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26827A8B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76A3E68F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08D0E168" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50640402" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="373CCB21" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55F9C7F9" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t> </w:t>
-[...8 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...65 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>history</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47EA0">
-[...1 lines deleted...]
-                <w:rStyle w:val="eop"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7984CE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E8BB83" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="456E60EA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3688C00F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="7E708347" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32497600" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t> </w:t>
-[...8 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...65 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>busy</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47EA0">
-[...1 lines deleted...]
-                <w:rStyle w:val="eop"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47409CA4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C613BA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DEF7960" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37101132" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="4E296929" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D692C03" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t> </w:t>
-[...8 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...65 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>business</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47EA0">
-[...1 lines deleted...]
-                <w:rStyle w:val="eop"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06CA3441" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="164347D4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E275BEB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36FE2049" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="54CC08A1" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25B41F2A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t> </w:t>
-[...8 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...65 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>decide</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47EA0">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA73938" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0A1C5CDC" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="794ADA87" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7D232C26" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47AE6E4B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4961B1E7" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09CA19D4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="43F2CDC0" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D4E6290" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D9204C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="239828DB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5DFF7E37" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="5E126FE5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00D9204C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11FF40BB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C8FD612" wp14:editId="05142FB5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3605115F" wp14:editId="7B782E38">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1161229710" name="Text Box 3"/>
+                <wp:docPr id="1021546872" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="1BF6DAD6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="045B8AFF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6835F950" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="46F01434" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="79AA6D64" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="0343F83E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="1A3394C9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="619724D5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="47DF9572" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="7E6CF610" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="6775199E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="3528D03B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1264AF1F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="79C92A0B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId17" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0C8FD612" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="3605115F" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="1BF6DAD6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="045B8AFF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="6835F950" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="46F01434" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="79AA6D64" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="0343F83E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="1A3394C9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="619724D5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="47DF9572" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="7E6CF610" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="6775199E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="3528D03B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="1264AF1F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="79C92A0B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId18" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -11769,3574 +11303,3579 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="2E705367" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="0C94CE5A" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2D99E3E4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0863131D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="03C8687D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5BE0F675" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="3A5D41E7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="605BC5D0" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC09833" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="669BBBFC" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F879C1E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="107D287B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C86BAA5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="47B31C1D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="26B60121" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="3D4A6C03" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="2F560A08" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...159 lines deleted...]
-          <w:p w14:paraId="305F2B1F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6B1E8302" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...78 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="268216F9" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="56A5BD1F" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="263C62D9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="43BD1874" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="75A8DCCB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="5644BFE2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="485FF81A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24BDCEBF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20B12BF0" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47EF52A8" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4342C0E9" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72EF883A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A4A1440" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36F7CCC4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B775C29" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D176C63" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="71543410" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="362CA6AF" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="67B80813" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2F554014" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1A1AB4E5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="66B2B846" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="748815BB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23B6984D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EFD9512" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="514C97DF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="026B3908" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66779469" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14857C4E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FFE85FD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="426729F4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AC156D4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="243DB56F" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="34EF7A1B" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="465E3376" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6A034CBB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="26E9140E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="7091CBA0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1BA394E0" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D932146" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40707AB5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36204A65" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FD2D9F7" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="270080F8" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59607253" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="640EB7E3" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23B16239" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6711E79E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="027344FB" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="6BA0F17F" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6E6623FC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="622C3240" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5F7F7162" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="5C92AFE8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5490B649" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EAE0415" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04DF733F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B54F4A8" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="553A906B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42C34C56" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5954558F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13633262" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F908E80" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47B7A77B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="7C14FC09" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="04D1081A" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1B2A01AA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="185D90D9" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="358E9E3E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="0E054AD8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="588A841C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54FB179D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FC5BC06" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FCB11CA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C764388" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70098761" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="389B7F50" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="406FE945" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2054C14D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E887A84" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="2B8CF3FF" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="33A6872A" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4C15CE9E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6230815E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7BA46C12" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="602FF9BF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="79DFEEA1" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1ED27D84" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C260181" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29146F75" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10049AD2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BB4306D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AB279AC" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BF29E8A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05B8F2EC" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="234BF298" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="3B19E48D" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="4053C60B" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="59794EC8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="169C16D9" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1DD043FF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="23E8F55E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7D254C55" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AEE605A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45F31FC2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B161EC2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AA6C4AE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AD416A3" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2575335F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C409A48" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="756B7CAB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="379A9506" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="512D96CF" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="5B3DB3AA" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6B61C10C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="68E17D0B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2037E2AC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="16A84A0D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2D87022A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F6ABFB4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D4929F1" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6ADADC50" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6942DA21" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44B70193" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BC43939" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71D40ADB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EB17AE0" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29C3E53A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="7741D8B2" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="1503D34C" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="5CFF64FB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6922798A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4CD1CC98" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="079B98CE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6A9D9BD7" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B7078D9" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64D8EC54" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70EF4800" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26AA2103" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67C1310D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7983AC11" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B6CFB0A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EE79A02" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="060BFD5F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="469E8D8D" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="43032B10" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="342317E8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4ECDBD69" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4158E0B2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="3328FDD4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="45E844D4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AA55121" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33265035" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FDFC669" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26CB9D16" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C5620E4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F38CB1B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00D4A374" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="788F480B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BCBC2F6" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4BA92467" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="6B97DA87" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7276EAF3" wp14:editId="57204EF5">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C9209D6" wp14:editId="19903B60">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="875324703" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="630855269" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -15351,62 +14890,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D81EF63" wp14:editId="4CC96F66">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D42832D" wp14:editId="0BAF431F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1524525413" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1099631890" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -15428,1406 +14967,1341 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...58 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="187A278D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="3BA76574" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="269C0C9E" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="45A3163E" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="214C149B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1FEBE916" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EBF439D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="3859B195" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A91DEEA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="63FE6AA2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19217AAC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="324DA9F6" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="346BCCC9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="687E056D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="056540BE" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="4BDF8021" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B9CDBD2" w14:textId="065F55AE" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="1C9914BA" w14:textId="0A42DB4D" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>pressure</w:t>
+              <w:t>position</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BA9D9A2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="37BCF2FF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E0F0D98" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="66C2E8CA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42894FB8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="5E698A83" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28C414F8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="11F3AA78" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="288C2FC2" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="5A28A90B" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="187179EA" w14:textId="0475DC8F" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="58435737" w14:textId="59443F2D" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>grammar</w:t>
+              <w:t>mention</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="545EC506" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="2A75C208" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52B947CD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="02A179B6" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29046E66" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="07C6F591" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0BFA40" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="76C762DD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="3C119DA4" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="6614B852" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2510FC65" w14:textId="2C9E9FF5" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="64E9E3C9" w14:textId="540E6FC8" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>build</w:t>
+              <w:t>opposite</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17AF7D25" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="7BD47939" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4260AEBC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="213B6C6E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="121C4847" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="7FBB8103" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="620D876F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="5751541D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="3481698E" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="38025BA3" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AD98123" w14:textId="187FE50E" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="43F00F2F" w14:textId="4D72C730" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>guard</w:t>
+              <w:t>exercise</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="553BC60C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="6B835F67" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7129AC3F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="29EFF0C0" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66C1F0AF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="74F3B2AA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="393B56E5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="441A1772" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="40860B1C" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="6AF71C4C" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63BB48AC" w14:textId="25FB66D7" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="4D825348" w14:textId="6FEDF4C1" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>guide</w:t>
+              <w:t>experience</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22DFD164" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="1BC1CD8C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F70BA2C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="74F725E9" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22A329D0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="4876425F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6887E5C1" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="7BDD118C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="63204F9F" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="09B9F0EE" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7164FD85" w14:textId="2D4F4C0F" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="250573CA" w14:textId="4DB04109" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>enough</w:t>
+              <w:t>experiment</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A5EDB0A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="5D37E0AD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3405F4E9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="43B333F3" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63916629" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="4CDCC8B8" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C0912BA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="4D0D13B5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="208246AE" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="441918C3" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="699B6FBC" w14:textId="7E2D3A9F" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="3D5C9CB3" w14:textId="27A1C590" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>caught</w:t>
+              <w:t>extreme</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1A6B7F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="24F44862" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F9AA5B5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="4A89AAC6" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AD3B791" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="1E69393C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="673612F6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="45C57B54" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="62FA41B2" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="3AE5FA8A" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40DE367C" w14:textId="2B303B5B" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="11D7C31D" w14:textId="18AE203E" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>naughty</w:t>
+              <w:t>circle</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27DD1282" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="1D64F3F2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="671BC86F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="44EF5E89" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FE547E8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="2E0A7C85" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A04533F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="6357D07B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="715C2066" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="3AADBBA9" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35B73124" w14:textId="0B27DC34" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="23C963A4" w14:textId="03C36916" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>possible</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE505FF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="00004673" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2023F243" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="259B6246" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E11BA07" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="5515EF9F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="291A4F2C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="4596865F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7653EBF4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D9204C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="441CED2D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00D9204C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42A7FF34" w14:textId="5BE5C44A" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/school-materials-clip-art-cartoon-open-book-free-png.png" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="452CB401" wp14:editId="5F025D9B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40CE96A5" wp14:editId="507615FA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="725314908" name="Text Box 3"/>
+                <wp:docPr id="814387872" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="4D45D76C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="462153A5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0B6631B7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="0792C713" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="6A8DE709" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="24EBC71F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="60E52EE4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="0442B1FA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="5344CCE0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="0DB282C3" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="1174845F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="144F3C7F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3E06DF91" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="3ED09CD1" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId19" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="452CB401" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="40CE96A5" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251635712;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="4D45D76C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="462153A5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0B6631B7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="0792C713" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="6A8DE709" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="24EBC71F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="60E52EE4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="0442B1FA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="5344CCE0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="0DB282C3" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="1174845F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="144F3C7F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3E06DF91" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="3ED09CD1" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId20" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -16867,3574 +16341,3579 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="2566E291" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="34B08E2F" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="715DDB93" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="41F6330D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="38BD987B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1D11464D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="5C8F66BF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="3AC2C3E0" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE1424A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B8E986" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="78E38EF2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CEFCEE0" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="26E0560C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0751C8B4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="046592D8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="678D59A9" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="47BF19B2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...159 lines deleted...]
-          <w:p w14:paraId="77FF4032" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="34B5920B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...78 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="77D1CA3A" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="2710288E" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="770E99AF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="744B60E9" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="062AB395" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="09ED8346" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0AD1C18F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BFB489E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="621D9BAE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24EA4A97" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B3C374E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60228ADE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28365731" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47BBC5E5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09A3CCE5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BF8137A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="58139EED" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="11B982B2" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4647FCF2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="31F0A561" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="52BF9CB7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="1824D532" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="78055340" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F57B65B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62FBC7DA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="702EEDB4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="536207BA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72CF55A4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17156413" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AACEB2B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46C6A849" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E32E64A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="534BD920" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="75F6DDD0" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="03C4DA0B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="14D7AA07" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="31ED99B6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="13A2455E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="30A28D56" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6714D7F5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25ADC94B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="170FFC51" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B4F807F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14017682" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="172C220F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13236235" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F7B4D0A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="484764E7" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="52E2C39D" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="00CE319F" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD58063" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1AA863FC" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5CAB0EAF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="6EF1F221" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="491071EB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16EF2721" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FBCDFE6" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BE65C43" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F6E4ACA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1537CFB2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1927AEDE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="226C2DE7" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B29B3B0" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79DF2653" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="1D96D4FE" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="6D099483" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="60773FF7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="015250CB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="59DDD014" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="6E3C625F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4DF23FC8" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6185BE4C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62E244A5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D706262" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B7B076A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39D86817" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E1E1A7D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23EB08F9" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AC410F3" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1ECB019D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="624A96C8" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="6D384509" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="3E75DF21" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="23935370" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4AFDBA12" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="44B1565A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="65F4AE1A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76C8010C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71DD0EE2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4890F919" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CB11DCD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31D14CFE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="458367FE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D394C32" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A2CFA98" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A9690A8" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="4D4EF24C" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="3A86A1DB" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6287598F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="22BD5977" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7D83BA28" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="417F578F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="551DF2FC" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78FF95B2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="001EB9F1" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35CFF1CC" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="057BEF23" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E91D346" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B632229" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="652250CA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="708243AD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="506B2C12" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="4B0544CA" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="2AA8A4B6" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="68B23648" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="59FC16F0" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="17D95ED8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="5C267938" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="3708E0DC" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AA7326F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B46B659" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52CE4EFF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FB95E3C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1560F639" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43D294B1" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="009F15AF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="720F83B5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="583CAC3E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="18992486" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="32320BF3" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="242CE55B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="22C399F5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6967A414" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="3F4D6E9C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="44F61C8D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30B2312E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F157107" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="349DDFAD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="279ACA4A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="784F3592" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11C72731" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20372DBD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FE26234" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2ADE6E16" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="0E27060B" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="3FF06A9D" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="461AF7F4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="45012778" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="13A72C3A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="2A11F66A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5853F74A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2842C3C7" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="245D605E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D46BD08" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DCEAF4E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D27FD2E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1228B03F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DFE0EE5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="568E2EE6" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27AA00E0" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0A1F9D0E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="0536EFB1" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78CDFBF1" wp14:editId="11473754">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D35F016" wp14:editId="794854C7">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="144573559" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="101287403" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -20449,62 +19928,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74223ED8" wp14:editId="60D1E08C">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66E95FDC" wp14:editId="220F67A5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1454271155" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="447176391" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -20526,1130 +20005,1070 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...58 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44D58528" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="279606EF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="6AE922BE" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="2AEC6BA2" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E623402" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4194CA0D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="287220D2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="04183CA7" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D61E7F0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="30DB83AC" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="700BBF3F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="70572F61" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DB4C4A8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5BC18A88" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00760A91">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="16332629" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="5DF6710D" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CE6B854" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4AE9F2BA" w14:textId="1626CF2F" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006C73E6">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>attached</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C73E6">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A3A382C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0C11B159" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7689B8A9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1DCD6CC4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C7E32F1" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6CD24EFA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="307511A8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5B2CBA5D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="1BFDECD6" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="1EA2A70C" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="434BBB5A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="525BF5CF" w14:textId="5EE6DC33" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006C73E6">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>determined</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C73E6">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B5F37F9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2CF1EA3B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EF321DA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="57B39FB7" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70666C3A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="210317DC" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2452EA94" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0EB70760" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="3522FD46" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="62B8F5C6" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="777382A3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="60EF4189" w14:textId="15E39352" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006C73E6">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>equip</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C73E6">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2567B08F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="55B21E3A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15ED35D8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2D3E81C5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4837556B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="52052F38" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DD4BB52" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2BF14A37" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="4EEDC969" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="49E3D59D" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A5B4105" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6CB985F1" w14:textId="0AA342B9" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006C73E6">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>equipped</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C73E6">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39DA2772" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="245466AA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="012816F6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="54F341D4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A0586F9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="13313317" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4117F3B9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6181C15C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="3E747121" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="3C302ACF" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1354ACBF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4486D727" w14:textId="16D2EFC0" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006C73E6">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>equipment</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C73E6">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3273C892" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="03F8DB53" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EE250D3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7D029EB2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B436293" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="688EFE8F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13299CE3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="50C8A35E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="6CE095D5" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="0EC7AED5" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1424CF77" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1EE722FD" w14:textId="1C1571BD" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006C73E6">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>lightning</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C73E6">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6337BEDA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="24360AF2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA19AFE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="484EA0E2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC3EE66" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0B7ED612" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D9D76BB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1BE72D75" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="0F8D85D5" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="7E00E3EF" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE10B87" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1D8AE63E" w14:textId="439B0F4C" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006C73E6">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>shoulder</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C73E6">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8443B0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="74AF8939" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F258456" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0D305276" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D52C96F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="11D82AFF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C067A45" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2CF63FF8" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="4DB296ED" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="26E9BBD8" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4353EAE9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="033535AC" w14:textId="4A001224" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006C73E6">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>soldier</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C73E6">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0567BEC5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2B58C5E7" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="780E4209" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="07ACEE2A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5608557E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="10397111" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18C4B724" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="06B3484F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="3BD901F4" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="4C3FD291" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5754DA70" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6FD80955" w14:textId="3C5F6567" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006C73E6">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>language</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C73E6">
+            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D4CDA72" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4DEB071A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38652680" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4C7C48A3" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B82C34F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="56FB6709" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="028B7A21" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="05ACAB99" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="285F64BB" w14:textId="2E8A9863" w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidRDefault="0054734A" w:rsidP="00D9204C">
+    <w:p w14:paraId="285F64BB" w14:textId="4407EDEC" w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidRDefault="009B1DE8" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/school-materials-clip-art-cartoon-open-book-free-png.png" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00D76442">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00D76442">
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/school-materials-clip-art-cartoon-open-book-free-png.png" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r w:rsidR="00D76442">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00D76442">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidSect="002831BC">
       <w:headerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76312DAB" w14:textId="77777777" w:rsidR="008A7573" w:rsidRDefault="008A7573" w:rsidP="008A3112">
+    <w:p w14:paraId="13B88E1D" w14:textId="77777777" w:rsidR="00EE6499" w:rsidRDefault="00EE6499" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5FF941CC" w14:textId="77777777" w:rsidR="008A7573" w:rsidRDefault="008A7573" w:rsidP="008A3112">
+    <w:p w14:paraId="28DDA694" w14:textId="77777777" w:rsidR="00EE6499" w:rsidRDefault="00EE6499" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant Std">
@@ -21665,194 +21084,191 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20DF8789" w14:textId="77777777" w:rsidR="008A7573" w:rsidRDefault="008A7573" w:rsidP="008A3112">
+    <w:p w14:paraId="7D0DD427" w14:textId="77777777" w:rsidR="00EE6499" w:rsidRDefault="00EE6499" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75921F7C" w14:textId="77777777" w:rsidR="008A7573" w:rsidRDefault="008A7573" w:rsidP="008A3112">
+    <w:p w14:paraId="4AFEE151" w14:textId="77777777" w:rsidR="00EE6499" w:rsidRDefault="00EE6499" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="216AEAA7" w14:textId="7E07D3CA" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
+  <w:p w14:paraId="216AEAA7" w14:textId="3F7A5D8E" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Name:                                                                                                     </w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">Year </w:t>
     </w:r>
-    <w:r w:rsidR="00717EB0">
+    <w:r w:rsidR="00CF0360">
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve"> Homework</w:t>
     </w:r>
-    <w:r w:rsidR="00AF1B6C">
-[...3 lines deleted...]
-      <w:t xml:space="preserve">                                                              </w:t>
+    <w:r w:rsidR="00236F34">
+      <w:t xml:space="preserve">                                                                     </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00581694">
       <w:t>Date</w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">  </w:t>
     </w:r>
-    <w:r w:rsidR="00717EB0">
+    <w:r w:rsidR="00CF0360">
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="0054734A">
-      <w:t>3.</w:t>
+    <w:r w:rsidR="0091712E">
+      <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidR="00717EB0">
-      <w:t>10</w:t>
+    <w:r w:rsidR="00B76DBE">
+      <w:t>.0</w:t>
+    </w:r>
+    <w:r w:rsidR="00CF0360">
+      <w:t>9</w:t>
     </w:r>
     <w:r w:rsidR="00B76DBE">
       <w:t>.2</w:t>
     </w:r>
-    <w:r w:rsidR="0054734A">
+    <w:r w:rsidR="0091712E">
       <w:t>5</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00191FC3">
-      <w:t xml:space="preserve">                                                                                                </w:t>
+      <w:t xml:space="preserve">                                                                                                   </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A3112"/>
     <w:rsid w:val="00050781"/>
     <w:rsid w:val="00070338"/>
-    <w:rsid w:val="00076C31"/>
+    <w:rsid w:val="00080B13"/>
     <w:rsid w:val="000855F5"/>
-    <w:rsid w:val="000F176C"/>
-    <w:rsid w:val="00140A1F"/>
     <w:rsid w:val="00191FC3"/>
     <w:rsid w:val="001A4026"/>
     <w:rsid w:val="00203B2E"/>
+    <w:rsid w:val="00236F34"/>
     <w:rsid w:val="0024448A"/>
     <w:rsid w:val="002831BC"/>
     <w:rsid w:val="00290D26"/>
-    <w:rsid w:val="00370D04"/>
     <w:rsid w:val="003F2D86"/>
     <w:rsid w:val="00414FA5"/>
     <w:rsid w:val="004B43FB"/>
     <w:rsid w:val="00542415"/>
-    <w:rsid w:val="0054734A"/>
     <w:rsid w:val="00581694"/>
-    <w:rsid w:val="006249B6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00717EB0"/>
+    <w:rsid w:val="00640CB3"/>
     <w:rsid w:val="007358D7"/>
     <w:rsid w:val="00744AAC"/>
     <w:rsid w:val="00760A91"/>
     <w:rsid w:val="008A3112"/>
-    <w:rsid w:val="008A7573"/>
     <w:rsid w:val="008F64A6"/>
-    <w:rsid w:val="0093601E"/>
+    <w:rsid w:val="0091712E"/>
+    <w:rsid w:val="009639E5"/>
+    <w:rsid w:val="009B1DE8"/>
     <w:rsid w:val="009D5FA0"/>
     <w:rsid w:val="00A306B9"/>
     <w:rsid w:val="00A3648D"/>
-    <w:rsid w:val="00AC1791"/>
     <w:rsid w:val="00AF1B6C"/>
     <w:rsid w:val="00B10786"/>
     <w:rsid w:val="00B76DBE"/>
     <w:rsid w:val="00C471C5"/>
+    <w:rsid w:val="00CA6FFE"/>
     <w:rsid w:val="00CB2021"/>
+    <w:rsid w:val="00CF0360"/>
     <w:rsid w:val="00D76442"/>
     <w:rsid w:val="00D9204C"/>
     <w:rsid w:val="00DF58D2"/>
     <w:rsid w:val="00E0142B"/>
+    <w:rsid w:val="00E4552A"/>
     <w:rsid w:val="00E73F0C"/>
-    <w:rsid w:val="00EB28E1"/>
-    <w:rsid w:val="00EC23FD"/>
+    <w:rsid w:val="00EE6499"/>
     <w:rsid w:val="00EF4711"/>
-    <w:rsid w:val="00F0737C"/>
     <w:rsid w:val="00F33679"/>
     <w:rsid w:val="00F34682"/>
     <w:rsid w:val="00FA0E10"/>
+    <w:rsid w:val="00FF5AB5"/>
     <w:rsid w:val="012BC3B3"/>
     <w:rsid w:val="03A97258"/>
     <w:rsid w:val="3B171FC0"/>
     <w:rsid w:val="4A85361C"/>
     <w:rsid w:val="564D48B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -26728,61 +26144,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007477B128495CDE44B5707222EB9DED75" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="194e58cf8e3fef96baf2392fca01f888">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69c57f59-3089-4884-9e50-743c5888dc96" xmlns:ns3="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="379b7807915f1599a11cf22581fecfd1" ns2:_="" ns3:_="">
     <xsd:import namespace="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <xsd:import namespace="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
@@ -26999,97 +26404,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="69c57f59-3089-4884-9e50-743c5888dc96">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E93C0A8F-9B56-4DB9-9ED8-B5EBECA526D7}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A5A0BA3-DCA1-4256-BDCB-0223097FE760}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4816D714-7ACA-4768-B5B3-4424C24E0734}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <ds:schemaRef ds:uri="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>565</Words>
-  <Characters>3222</Characters>
+  <Words>528</Words>
+  <Characters>3015</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3780</CharactersWithSpaces>
+  <CharactersWithSpaces>3536</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>C.Pearce</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007477B128495CDE44B5707222EB9DED75</vt:lpwstr>