--- v2 (2025-11-29)
+++ v3 (2025-12-20)
@@ -330,51 +330,51 @@
                       <w:r w:rsidR="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r w:rsidR="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="17745327" w14:textId="026E3068" w:rsidR="008A3112" w:rsidRPr="00D76442" w:rsidRDefault="00000000" w:rsidP="00B10786">
+                    <w:p w14:paraId="17745327" w14:textId="026E3068" w:rsidR="008A3112" w:rsidRPr="00D76442" w:rsidRDefault="0079186E" w:rsidP="00B10786">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId10" w:history="1">
                         <w:r w:rsidR="008A3112" w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -388,1220 +388,3586 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r w:rsidR="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="6092" w:type="dxa"/>
+        <w:tblW w:w="7117" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1523"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1523"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="5517B1C8" w14:textId="60FE49B9" w:rsidTr="009639E5">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="5517B1C8" w14:textId="60FE49B9" w:rsidTr="008F64A6">
         <w:trPr>
-          <w:trHeight w:val="522"/>
+          <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="61DD1836" w14:textId="24EB7C07" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+          <w:p w14:paraId="61DD1836" w14:textId="24EB7C07" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA9F7A5" w14:textId="34F9A815" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+          <w:p w14:paraId="3C44C321" w14:textId="523D0687" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00760A91" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA9F7A5" w14:textId="7C767C3F" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C90F15" w14:textId="63A6FB5F" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F0737C">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B39A591" w14:textId="560DBCF8" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2661F019" w14:textId="1CAB26D9" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A09F7BF" w14:textId="67F17A1F" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="79C90F15" w14:textId="6102F97E" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+          <w:p w14:paraId="5C2BDDCB" w14:textId="738BDD21" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="2661F019" w14:textId="15EBDD28" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+          <w:p w14:paraId="32B0431B" w14:textId="7DC7445D" w:rsidR="008F64A6" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C431AE1" w14:textId="211243F4" w:rsidR="008F64A6" w:rsidRDefault="00E73F0C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="165F344C" w14:textId="4548CC3A" w:rsidR="008F64A6" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="224F00A2" w14:textId="5D660546" w:rsidTr="009639E5">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="224F00A2" w14:textId="5D660546" w:rsidTr="008F64A6">
         <w:trPr>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4845448B" w14:textId="0AC0B28D" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+          <w:p w14:paraId="4845448B" w14:textId="5D638839" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00680C38" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29B930AC" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70897B5F" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14E27BDB" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73F81C79" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="650877FF" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A60E32D" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E7B6B13" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BD50CFA" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A042201" w14:textId="2F0B33F5" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DE53B14" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="07BEE92A" w14:textId="4E183047" w:rsidTr="008F64A6">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D193A27" w14:textId="5E1F6B48" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C98CA43" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D7C76D6" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A8FBF1C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F30D760" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DE2951C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4700985D" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11BCAAE9" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F04C352" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="085989B5" w14:textId="175FBDE5" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1100EE9C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="623BFA41" w14:textId="6BCE8FD7" w:rsidTr="008F64A6">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3E6120" w14:textId="0CAD415F" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36C12EE6" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35F42FEB" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="708B1E6D" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="016B174A" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36556B24" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0703162D" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C7D7405" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BCAB18A" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4375E868" w14:textId="04C6056C" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E711BA5" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="2A82F080" w14:textId="043E828E" w:rsidTr="008F64A6">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FBD6E81" w14:textId="51CD9CD0" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FDBA086" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5171A951" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4470122E" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50E7CACD" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="346DAE09" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09AF20AB" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7719EAF3" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="137905F2" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45C6035A" w14:textId="6A09C28A" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D232D91" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="7B493594" w14:textId="7998056A" w:rsidTr="008F64A6">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7297BFB4" w14:textId="3E76C386" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="377976C0" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B9EDDAC" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49569D8A" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EF3069B" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E681F79" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EA7390F" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C094685" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20A6DA96" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="121A72F6" w14:textId="24E5D847" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5814A985" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="02545D9C" w14:textId="2BB83074" w:rsidTr="008F64A6">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6091FA54" w14:textId="65E13F2E" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00680C38" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="650877FF" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="683B9F59" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A6224E7" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="180CEC63" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="332D0B72" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52DB359C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10987A59" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57096C14" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28D6B08B" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24E32678" w14:textId="3C1C6836" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5427A383" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="07BEE92A" w14:textId="4E183047" w:rsidTr="009639E5">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="286AC3AF" w14:textId="0FB8BC79" w:rsidTr="008F64A6">
         <w:trPr>
-          <w:trHeight w:val="522"/>
+          <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7D193A27" w14:textId="011AAE1F" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
-[...491 lines deleted...]
-          <w:p w14:paraId="6091FA54" w14:textId="1572FFCA" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+          <w:p w14:paraId="4C1ABBE0" w14:textId="2C1B7629" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00680C38" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="52DB359C" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75CFB8B6" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="409B77D4" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="706DF984" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11D9E04B" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0246A5A4" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E641D7C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="006418A7" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51E751BF" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0695ED37" w14:textId="4F3F7E91" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D23264E" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="286AC3AF" w14:textId="0FB8BC79" w:rsidTr="009639E5">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="28CA1546" w14:textId="08814898" w:rsidTr="008F64A6">
         <w:trPr>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4C1ABBE0" w14:textId="4DD1A9C1" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+          <w:p w14:paraId="3DA5E5A0" w14:textId="0C93742B" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="0246A5A4" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1416F819" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63581D03" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DA8C998" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E6760D3" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E0A3024" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05A75708" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D24ED74" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="289BAD4F" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C1EBCF4" w14:textId="3237FAC2" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62CAA2EB" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="28CA1546" w14:textId="08814898" w:rsidTr="009639E5">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="66ACFE74" w14:textId="12D8F7F3" w:rsidTr="008F64A6">
         <w:trPr>
-          <w:trHeight w:val="522"/>
+          <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="3DA5E5A0" w14:textId="2937CAB5" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+          <w:p w14:paraId="74F17273" w14:textId="781D12B1" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="0E0A3024" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22EF0FB8" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E6DFD61" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A7BA589" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A79EDF6" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C66B93C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6693B69D" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77C1EB8E" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E9DE24A" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="789FF6AA" w14:textId="77547874" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28ACF24E" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="5075CC1F" w14:textId="0DD869B0" w:rsidTr="008F64A6">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B596064" w14:textId="651C370B" w:rsidR="008F64A6" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7ED3A3CE" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="184020FB" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F3DFC7F" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="380C80A2" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52AFA14A" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36CB76F0" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="369EB3F9" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="016B28AF" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07047128" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="425B4620" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="263E21A1" w14:textId="77777777" w:rsidR="00236F34" w:rsidRDefault="00D76442" w:rsidP="00191FC3">
+    <w:p w14:paraId="0E62EF8E" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRDefault="00D76442" w:rsidP="00191FC3">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B18EA31" wp14:editId="0D138ADC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="988320439" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
@@ -1711,130 +4077,80 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="736E00E0" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
+    <w:p w14:paraId="2C31064D" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37823F86" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
+    <w:p w14:paraId="6C6CAF59" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14DBF367" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
+    <w:p w14:paraId="4AF68A6A" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30EE2EFA" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
+    <w:p w14:paraId="0E346A84" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08ACF9ED" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
-[...50 lines deleted...]
-    <w:p w14:paraId="187F4AE3" w14:textId="2145B72C" w:rsidR="00290D26" w:rsidRDefault="00D76442" w:rsidP="00236F34">
+    <w:p w14:paraId="381970AF" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00191FC3"/>
+    <w:p w14:paraId="187F4AE3" w14:textId="0BE700E1" w:rsidR="00290D26" w:rsidRDefault="00D76442" w:rsidP="00F0737C">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D58E540" w14:textId="6668B5F6" w:rsidR="002831BC" w:rsidRPr="00D76442" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t>Spellings – Look, cover, write and check. This week we are practising</w:t>
       </w:r>
@@ -1842,1128 +4158,1224 @@
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> commonly confused words.</w:t>
       </w:r>
       <w:r w:rsidR="00F34682" w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002831BC" w:rsidRPr="009639E5" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="002831BC" w:rsidRPr="0093601E" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="009639E5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
-            <w:pPr>
+          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="0093601E" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0093601E">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11D05BB1" w14:textId="3757E8F7" w:rsidR="002831BC" w:rsidRPr="0093601E" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0093601E">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="015A615B" w14:textId="06E6D04B" w:rsidR="002831BC" w:rsidRPr="0093601E" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0093601E">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="0093601E" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0093601E">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>Write</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07234843" w14:textId="25F6B893" w:rsidR="002831BC" w:rsidRPr="0093601E" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0093601E">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="4648E37F" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44FF7828" w14:textId="2786F65E" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009639E5">
-              <w:rPr>
+            <w:r w:rsidRPr="0079186E">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>Word</w:t>
+              <w:t>vegetable</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="0079186E">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17B1770B" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3092AD" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7877BABB" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24438781" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="241BB8AB" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68EA5080" w14:textId="373E4B51" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>Look</w:t>
-[...9 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0079186E">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:t>correspond</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079186E">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>Cover</w:t>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="009639E5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="295A4BBC" w14:textId="3859C5D0" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="081837A7" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="4958301C" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C265A2" w14:textId="5D1928B0" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009639E5">
-              <w:rPr>
+            <w:r w:rsidRPr="0079186E">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>Write</w:t>
+              <w:t>recommend</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="0079186E">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009639E5">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13C1BE96" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB945F4" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00BD63BB" w14:textId="239183A7" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="0138A8C4" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="754C6928" w14:textId="66240D01" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>Check</w:t>
-[...34 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0079186E">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:rPr>
+              <w:t>suggest</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079186E">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7877BABB" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="009639E5" w:rsidRDefault="009639E5" w:rsidP="009639E5">
-            <w:pPr>
+          <w:p w14:paraId="0F6B2490" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6653B3" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA5B406" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF81449" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="71B68D79" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75AF0D1D" w14:textId="2CA10CF8" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="0079186E">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
-[...25 lines deleted...]
-              <w:t>be</w:t>
+              <w:t>develop</w:t>
             </w:r>
-            <w:r w:rsidRPr="0091712E">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...13 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57970E4A" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
-            <w:pPr>
+          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A38841" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39AEF005" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="5B27EC32" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="035E4F1A" w14:textId="65FF8093" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="0079186E">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:rPr>
+              <w:t>awkward</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079186E">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="540D3A89" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0091712E">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8B8C6A" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>he</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76966E89" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t> </w:t>
-[...8 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="041B682C" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="14F040EB" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="259D0E76" w14:textId="14DAEE3D" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="0079186E">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:rPr>
+              <w:t>bargain</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079186E">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1540859C" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
-            <w:pPr>
+          <w:p w14:paraId="675262BF" w14:textId="17FC3BB7" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA3389D" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BFC936" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="3D6179D8" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF72440" w14:textId="7E3D9493" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...16 lines deleted...]
-            <w:r w:rsidRPr="0091712E">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...22 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:rPr>
+              <w:t>bruise</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079186E">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA5B406" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
-[...33 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+          <w:p w14:paraId="2736A3E3" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0091712E">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7639FFDF" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>she</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1A07FF" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t> </w:t>
-[...13 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="009639E5" w:rsidRDefault="0091712E" w:rsidP="0091712E">
-[...47 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+          <w:p w14:paraId="43B19063" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0091712E">
-[...161 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7543C528" w14:textId="77777777" w:rsidR="0091712E" w:rsidRDefault="0091712E" w:rsidP="00D9204C">
+    <w:p w14:paraId="158E6A29" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5789BB21" w14:textId="77777777" w:rsidR="0091712E" w:rsidRDefault="0091712E" w:rsidP="00D9204C">
-[...6 lines deleted...]
-    <w:p w14:paraId="5C60F85D" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+    <w:p w14:paraId="428ECE8F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F0C4FB6" wp14:editId="765AD92C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DAC3C82" wp14:editId="339A3A9E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1932508074" name="Text Box 3"/>
+                <wp:docPr id="754564511" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="468510F6" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+                          <w:p w14:paraId="2A221704" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="79E87ED0" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+                          <w:p w14:paraId="78D9D03D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="6755DC68" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+                          <w:p w14:paraId="5716A18E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="63F582BB" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+                          <w:p w14:paraId="1A40A5EC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="5CA530ED" w14:textId="77777777" w:rsidR="0091712E" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+                          <w:p w14:paraId="3D2A0056" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="4852CAA4" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+                          <w:p w14:paraId="0F5BC687" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="2B34C78D" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+                          <w:p w14:paraId="4EDBD001" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId13" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="5F0C4FB6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="5DAC3C82" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBDkmEuOgIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVV8RsoTgiXxY6KTnD1xXCPzDnn5lF7SAPuA/+CQ+pAGuC3qKkBPvrb/chH0eK&#13;&#10;UUoa1GJO3c89s4IS9U3jsG/TySSINzqT6ecROvY6sr2O6H29AiQqxc0zPJoh36uTKS3Ur7g2y/Aq&#13;&#10;hpjm+HZO/clc+W5DcO24WC5jEsrVMP+gN4YH6DCYQOtL+8qs6cfqURGPcFIty95Nt8sNX2pY7j3I&#13;&#10;Ko4+8Nyx2tOPUo/i6dcy7NK1H7Mufx6L3wAAAP//AwBQSwMEFAAGAAgAAAAhAILikRzkAAAAEAEA&#13;&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoU5SkSRqn4qdw6YmCOLuxa1uN15Ht&#13;&#10;puHtcU9wWWm0uzPztZvZDmSSPhiHDJaLDIjE3gmDisHX59tDBSREjoIPDiWDHxlg093etLwR7oIf&#13;&#10;ctpHRZIJhoYz0DGODaWh19LysHCjxLQ7Om95TNIrKjy/JHM70McsK6nlBlOC5qN80bI/7c+WwfZZ&#13;&#10;1aqvuNfbShgzzd/HnXpn7P5ufl2n8bQGEuUc/z7gypD6Q5eKHdwZRSADg2qVJ6DIYFXUQK4HeV2W&#13;&#10;QA4M8qIsgHYt/Q/S/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#13;&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#13;&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDkmEuOgIAAIQEAAAO&#13;&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAAAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="468510F6" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+                    <w:p w14:paraId="2A221704" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="79E87ED0" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+                    <w:p w14:paraId="78D9D03D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="6755DC68" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+                    <w:p w14:paraId="5716A18E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="63F582BB" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+                    <w:p w14:paraId="1A40A5EC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="5CA530ED" w14:textId="77777777" w:rsidR="0091712E" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+                    <w:p w14:paraId="3D2A0056" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="4852CAA4" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+                    <w:p w14:paraId="0F5BC687" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="2B34C78D" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+                    <w:p w14:paraId="4EDBD001" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId14" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -2977,1984 +5389,3590 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="6741" w:type="dxa"/>
+        <w:tblW w:w="7117" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="963"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="963"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0091712E" w:rsidRPr="00D76442" w14:paraId="46A76D14" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="41EC9200" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
-          <w:trHeight w:val="525"/>
+          <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0F24FB67" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+          <w:p w14:paraId="7B972055" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="18CD5C50" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+          <w:p w14:paraId="6FC05BA8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="418922C2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="45074784" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="434F6107" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="574A2DB9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C8E66D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="195B1DE4" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+          <w:p w14:paraId="5D3CC3BB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F2DB87E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="180BB8A1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="14B6BFE6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...10 lines deleted...]
-          <w:p w14:paraId="5796697A" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="504F750E" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA9F3BA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">11 </w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="963" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="40594942" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31F7E55D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E26DC82" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03E611CA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C452C74" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74C72F36" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="186B18FD" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FAA6AD0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27D0A3A7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A22FB56" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B10D886" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="33C7B7F0" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="134A74FA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A765AF6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="198C556E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37B60A12" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DAD155A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5418FC1B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D8C6C8D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F2D47C5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="372735A5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7641D620" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56C08C00" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="178DFFBE" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE84729" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CFEA29F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FB1867A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4880D28F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="111A826E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="410A7E91" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AA65AE4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AF9AAFA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="072123F9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D6DB132" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14338550" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="6CD6F188" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D98DFE9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CD2B6DA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2ABD8E6E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="450DE582" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="412A7402" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14B14B05" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7097AD92" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05EAA112" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1531D9BA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="347A722A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="587A7492" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="3DD34A59" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFCEF36" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E71A762" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="492F405B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34C4B029" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78A6EB35" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="369A5A0C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A7D59B2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15E6EB9E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56E9B9BB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F8710A6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B96A8B7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="581D5B18" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DD81850" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1629A90E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57473874" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="624DA716" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="580FD4E0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72668610" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62321B35" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="374AA2C9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4553CD64" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AFB3D09" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53615597" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="760817BE" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="793C8E5E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="232EA682" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FB69487" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A6CEDF0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FF0E36F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4751EB98" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CC810FE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1240B3E6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="574226F1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FDCC1B8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73008556" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="25E25D2F" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F83DC9E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="963" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="3C5C3DF2" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70B37854" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="301C340A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45053155" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73427194" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="570C2397" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07BE3632" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2731C394" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B28CD12" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2750103F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="458BF928" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="1F75446A" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="781D8BE5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="963" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="39C14601" w14:textId="77777777" w:rsidR="0091712E" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="208CB665" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="513E113D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5528351D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="028A7F38" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="163F271E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FCC5DFB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E3E1384" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E7F84AC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D118C89" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45491346" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="4A612121" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="70CE6422" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...1591 lines deleted...]
-          <w:p w14:paraId="5E5C0E24" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38E44D16" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="296E0BA7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DC1C428" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D8F1F1B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46A909ED" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DEEAF00" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28BC6E0A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FD643B5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39F05AEF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54DD570B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="270B913D" w14:textId="77777777" w:rsidR="0091712E" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+    <w:p w14:paraId="0B40CA8E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="164A67F2" wp14:editId="3F82653D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EC78EBF" wp14:editId="08BC1CF1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="495158188" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="2118138881" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -4969,62 +8987,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0872A317" wp14:editId="30E7593C">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33AEFE14" wp14:editId="5B560567">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1454011245" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="846443282" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -5047,1346 +9065,1289 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01CFA6E2" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+    <w:p w14:paraId="4FA75BB6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1641D7CA" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+    <w:p w14:paraId="627642CF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77000FE3" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+    <w:p w14:paraId="6DEDFC67" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="586E6E73" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+    <w:p w14:paraId="5DF8E943" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F901CB4" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="0091712E">
-[...50 lines deleted...]
-    <w:p w14:paraId="35E0F048" w14:textId="77777777" w:rsidR="0091712E" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+    <w:p w14:paraId="3119941F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4"/>
+    <w:p w14:paraId="3D542880" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="116EBB1F" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00D76442" w:rsidRDefault="0091712E" w:rsidP="0091712E">
+    <w:p w14:paraId="60A29C07" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="2782"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0091712E" w:rsidRPr="00236F34" w14:paraId="2476B8DF" w14:textId="77777777" w:rsidTr="00C8731A">
-[...4 lines deleted...]
-          <w:p w14:paraId="600D5A3E" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="02D1E8D7" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5948971A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00236F34">
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B4BEF63" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+          <w:p w14:paraId="50D9A320" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00236F34">
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B2B9444" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+          <w:p w14:paraId="4853E4EE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00236F34">
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41E3AC60" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+          <w:p w14:paraId="5582644A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00236F34">
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5658B724" w14:textId="77777777" w:rsidR="0091712E" w:rsidRPr="00236F34" w:rsidRDefault="0091712E" w:rsidP="00C8731A">
+          <w:p w14:paraId="064E3EF5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00236F34">
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00236F34" w14:paraId="55BAEE3C" w14:textId="77777777" w:rsidTr="00C8731A">
-[...4 lines deleted...]
-          <w:p w14:paraId="799EFFDA" w14:textId="5693E1F6" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="52247CA4" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49DE3D8C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="009B1DE8">
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>every</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>accident</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B1DE8">
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63CA3AEA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="6DEBFB9A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6043126D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="11202854" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0826BD43" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="19B7C8DA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="513768C3" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="3AA11EB9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00236F34" w14:paraId="1D4DAB8E" w14:textId="77777777" w:rsidTr="00C8731A">
-[...4 lines deleted...]
-          <w:p w14:paraId="7F525520" w14:textId="65D9EC27" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="5ADCA1D4" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CCE8CD2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="009B1DE8">
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>everybody</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>accidentally</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B1DE8">
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1498AAF5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="7AFD4E0B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FE335EC" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="62A80291" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A986C10" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="62775734" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="147666AD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="175960A0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00236F34" w14:paraId="7F722286" w14:textId="77777777" w:rsidTr="00C8731A">
-[...4 lines deleted...]
-          <w:p w14:paraId="47BB1C9C" w14:textId="2AECD99D" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="574EA5FD" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D393BB3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="009B1DE8">
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>even</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>actual</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B1DE8">
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70456516" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="77B41B44" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3143E3B8" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="5386E65B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1483E4E2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="7940050D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22F0802E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="280EB551" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00236F34" w14:paraId="7BC0DA1E" w14:textId="77777777" w:rsidTr="00C8731A">
-[...4 lines deleted...]
-          <w:p w14:paraId="58A36943" w14:textId="51558C23" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="7377FB1E" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F42B246" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="009B1DE8">
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>great</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>actually</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B1DE8">
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="100A0F7A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="3CBE1FB1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D007084" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="64D2914E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44E976CF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="7D1D4C87" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B7FAA9B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="680DC629" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00236F34" w14:paraId="7B517182" w14:textId="77777777" w:rsidTr="00C8731A">
-[...4 lines deleted...]
-          <w:p w14:paraId="307C9AA0" w14:textId="1A752A1F" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="001E0444" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE9A123" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="009B1DE8">
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>break</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>occasion</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B1DE8">
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3744AAFE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="09D7A37F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="606094F5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="30A7E234" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="743F6E2A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="339DBF08" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4072486E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="45B65D17" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00236F34" w14:paraId="4E811823" w14:textId="77777777" w:rsidTr="00C8731A">
-[...4 lines deleted...]
-          <w:p w14:paraId="7E7C885A" w14:textId="200A5063" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="2B0DE212" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A964E11" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="009B1DE8">
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>steak</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>occasionally</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B1DE8">
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A87D5C4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="133D9FD9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1820776E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="3E29F61F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3092656B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="6AD3C853" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B498505" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="59B90BFE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00236F34" w14:paraId="22D47A4D" w14:textId="77777777" w:rsidTr="00C8731A">
-[...4 lines deleted...]
-          <w:p w14:paraId="4987D234" w14:textId="7FE2529D" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="3408CD8F" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA69B5D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="009B1DE8">
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>pretty</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>probably</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B1DE8">
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A97E669" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="68A31BEB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="306F3BF6" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="5472FE1B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="365C22E9" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="5A8B35B0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07B4169F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="29977FA6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00236F34" w14:paraId="61B104A6" w14:textId="77777777" w:rsidTr="00C8731A">
-[...4 lines deleted...]
-          <w:p w14:paraId="4C6499B7" w14:textId="12FD07C0" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="53BB90BB" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50C2C103" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="009B1DE8">
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>beautiful</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>centre</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B1DE8">
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A69CEBB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="5A7376AA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="582CC030" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="1A9C4B26" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47D5CCA0" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="78FBC027" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7017F222" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00236F34" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="6D077FB7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6AFCC386" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00D9204C">
+    <w:p w14:paraId="4BA6FD79" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="763E49CD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00D9204C">
-[...6 lines deleted...]
-    <w:p w14:paraId="2BCFE2DD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+    <w:p w14:paraId="7F77FE79" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3273E613" wp14:editId="234E3BB9">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0ABA271C" wp14:editId="227B1153">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="105792438" name="Text Box 3"/>
+                <wp:docPr id="353027525" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="4EA2283F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                          <w:p w14:paraId="317E6482" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3DEECC95" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                          <w:p w14:paraId="58E29B94" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="0D2B45DA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                          <w:p w14:paraId="08775A21" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="502367E1" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                          <w:p w14:paraId="65C963E6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="7954F89A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                          <w:p w14:paraId="7A0A6C6E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="4BD2324B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                          <w:p w14:paraId="7CEEBE27" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="59E034F2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                          <w:p w14:paraId="6E01EAA8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId15" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3273E613" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="0ABA271C" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="4EA2283F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                    <w:p w14:paraId="317E6482" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3DEECC95" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                    <w:p w14:paraId="58E29B94" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="0D2B45DA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                    <w:p w14:paraId="08775A21" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="502367E1" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                    <w:p w14:paraId="65C963E6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="7954F89A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                    <w:p w14:paraId="7A0A6C6E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="4BD2324B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                    <w:p w14:paraId="7CEEBE27" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="59E034F2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                    <w:p w14:paraId="6E01EAA8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId16" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -6426,3579 +10387,3564 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="1962F02A" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="16E5C7E1" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="613EF02E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="396A7679" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="469101E2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="444FC5DD" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="43669B2F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="525C2321" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="44020787" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="33BC86A6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="62866A17" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A0E1C0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="1CE7AA60" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="0C016416" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C695199" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6C177F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="50CE56D3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...278 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="17B76234" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="7404CD8F" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="03A428BE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="0831B372" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="65F233BA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="75BDD26F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E3EEB1B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1ECE2B2D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="665B11F2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4ECC5E62" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="114DBDE8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E7B1AC3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03BE8E80" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="406D67F1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40395F2B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="4CA2AFF1" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="31878C44" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="713F337D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="774ED816" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="1477A286" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="26C4CED6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="673FB18B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="118B1E7B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="211D0743" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71AC601E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CF04360" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2855AA0B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79693EAF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5596C5D8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1430DC7E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="31289CA0" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="1CDFE4B0" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="18449269" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="381CD2E9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="69F32D95" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="44D4160D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="175ECFA9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B513F31" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66F20880" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E3CFE33" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34F0D35A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15E90208" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26FFBAAF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BA993E1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="739B0370" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="33749C0F" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="4047B24D" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7E0D6463" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="5454F74C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="127F29D5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="5AA003C3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47BD31EC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4030FBA8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32333C77" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72A3724D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0364E259" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="504C12E0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="117CEB1A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0054021E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31E1D8D2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="07FE66D9" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="0B3424C0" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1B93B076" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="19901D2D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="68B1CC7B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="48BBFBB9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EB4C0C5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27543A3B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="654ABC3A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F23F241" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2111AB1D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DDE48FC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13A2B009" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6347FD7E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BD4BBC4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="46A963AA" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="7124506B" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="45BC5658" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="6A72855B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="2A6D858E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="4672E952" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="416DD2E5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D406872" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AF39B4F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E99DA87" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F6122B1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C7CBC3E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="284E4521" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DBEDC14" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E0DC3FA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="36878919" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="589588A8" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6B614ABF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="192E09CA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="3998D09A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="163A5A09" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="579CC1F7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33CA1180" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A0E1D23" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A80A60D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="746F0E7F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="638C0CCE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0ED41F9E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7ACDAFA2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FD7E5BE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="36668CFF" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="77A80912" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="08A3662B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="7BA87EAD" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="187E0A87" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="0A10B766" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E5883F8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64CB989C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71AA7881" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33DDD2EB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FF143FB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45C9E061" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CB1CE2A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C3F14CB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B0DB366" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="1EE2FD65" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="5E1545EE" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="173BF612" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="04710083" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="48DB4496" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="7E2D5690" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C5EBC43" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49692A09" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="627E70FC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27C16BF5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42576BDF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2ED229FF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FA1E943" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="117E9013" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F69EF7C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="5CC7BA08" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="19783CB9" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="051FC970" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="7128AC27" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="52212650" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="40613533" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C42C80E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5901BBD1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="328F2EFF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A0ABFF5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4972F33E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59EA782D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13112A58" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14923D33" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49428F17" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="75389F1E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="34BE571B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B55F35D" wp14:editId="7B65F160">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="665460D0" wp14:editId="4E12E63A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="527090721" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="66895487" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -10013,62 +13959,2686 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10E9F1BB" wp14:editId="79EB3E2A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="461710AB" wp14:editId="7DE7428A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1678596789" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="111141159" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect t="12281" b="14035"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1050925" cy="774700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05206EBE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="484530E3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21714158" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10E48E62" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B370F08" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4"/>
+    <w:p w14:paraId="7A48800B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+        <w:br w:type="textWrapping" w:clear="all"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A65138A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2782"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="3119"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="640D4CC4" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22AB8467" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29033325" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ACDD01B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44B58874" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Write</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0340B285" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="1967B791" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D46DABD" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>describe </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="524265D7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5849D992" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="242CA888" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="604A31DC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="5B136C6A" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF9E5B5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>famous</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FEE14CB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA06087" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A3D809" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A3A591" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="5D8524AC" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1332F5F4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>favourite</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25125B26" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C3F7B8C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A739349" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE620CC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="31EB98DB" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57DCD058" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>forward</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D31B575" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="070B1C27" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5043C50E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52EB8F77" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="67E62914" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3653CE1E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>forwards</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48173674" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D90ED03" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE16301" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10A0122E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="0B786D26" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C2D137" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>fruit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E0E280" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="455E3931" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC4EDD5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE4E6D5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="0CBAA111" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25FFF058" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>group</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66B439E1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1D6BBE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22BB2D4B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C564DA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="26A7B43C" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EC1C08C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>imagine</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A04B49C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="419195AB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0927A887" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5178E9A1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="67BDA709" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00D9204C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="217A3DF9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C844678" wp14:editId="49902A1B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5549900</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>481965</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3953510" cy="2416810"/>
+                <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1797087129" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3953510" cy="2416810"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="71BDFA5B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="203A5917" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="79788DB6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="20E16E76" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="03577B90" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="4E2BFCDB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Log onto Maths</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Whizz here</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">: </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="08904A95" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:hyperlink r:id="rId17" w:history="1">
+                              <w:r w:rsidRPr="00D76442">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                  <w:sz w:val="36"/>
+                                  <w:szCs w:val="36"/>
+                                </w:rPr>
+                                <w:t>www.mathswhizz.com</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="0C844678" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="71BDFA5B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="203A5917" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="79788DB6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="20E16E76" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="03577B90" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="4E2BFCDB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Log onto Maths</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Whizz here</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">: </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="08904A95" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:hyperlink r:id="rId18" w:history="1">
+                        <w:r w:rsidRPr="00D76442">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                            <w:sz w:val="36"/>
+                            <w:szCs w:val="36"/>
+                          </w:rPr>
+                          <w:t>www.mathswhizz.com</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fast Maths</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="6068" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1517"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="278A1F17" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="69A83480" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>X </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F2F16E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="27250E7C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A978BF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="1E29B944" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="78D777D0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D1C6B2F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4648D73F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73765863" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="223E7BEB" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B51D60" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C34C424" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F5571DE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BFE34DB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="580DAAC2" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5224AF5A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6467E663" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00FE43E1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="357EAF09" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="7EF43F87" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5CCC84" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="461E96FB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E92E969" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05112CE7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="2DB027E9" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B362549" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67415C7A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51859102" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C18C7A8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="0A9728DA" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F7F21B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="180FD532" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32729B68" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71C0C01E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="3CC3B8BC" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6406E086" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76E070C2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B52BAE4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FD86C68" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="538457D5" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B92CDCD" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09EE1295" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D4BA131" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29739E15" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="172A55CE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AAC36B5" wp14:editId="7BBBA2FB">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>6248400</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1152525</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1102360" cy="698500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1828453821" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect t="17334" b="19334"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1102360" cy="698500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6868603B" wp14:editId="0740AA9A">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>7823200</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1063625</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1050925" cy="774700"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1743727166" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -10097,4785 +16667,2535 @@
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="183D366A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+    <w:p w14:paraId="4E2A87FE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="26C6C799" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="269875B1" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F5D455D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="50AFF20A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00760A91">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="383AFE37" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="08E55083" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00760A91">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A37605E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="604E7420" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00760A91">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4978CE90" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="3CC9D4DB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00760A91">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A99510A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="25F7983F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00760A91">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="23D96646" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="55793167" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32E3FFB1" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="41E7C1BF" w14:textId="5480A348" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...10 lines deleted...]
-              <w:t>February</w:t>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>path</w:t>
             </w:r>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FD4EB3C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="730089EF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56515701" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="76B895F3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0983A519" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="225D7C59" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A615A7E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="7778198D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="45BDBD71" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="6D149E8A" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66353E61" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="25692DF0" w14:textId="6690F4EE" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...10 lines deleted...]
-              <w:t>ordinary</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>bath</w:t>
             </w:r>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23A6FCDC" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="4F140AC8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="583F53CB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="4EEE7625" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="107E84B7" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="2D373AF7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60B61E85" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="3ADDE12F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="082D8989" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="10F4E864" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B196BD3" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="4B130580" w14:textId="4CB0452E" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...10 lines deleted...]
-              <w:t>library</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>hour</w:t>
             </w:r>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="394A33FA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="33C6D299" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EB8CBBE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="6D89FBEA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="426D34A1" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="61923305" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7288E106" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="40BC4020" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="27FAA788" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="192A66E5" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="560204E4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="1E83F2DC" w14:textId="34717F0B" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...10 lines deleted...]
-              <w:t>century</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>move</w:t>
             </w:r>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26827A8B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="4708B40B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76A3E68F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="33EFE6D5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08D0E168" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="1577553E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50640402" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="1E0DF987" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="373CCB21" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="6491972F" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55F9C7F9" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="0ABA112C" w14:textId="4B1D0C1A" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...10 lines deleted...]
-              <w:t>history</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>prove</w:t>
             </w:r>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A7984CE" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="1F317E62" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52E8BB83" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="48CA2E52" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="456E60EA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="0F5FECE3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3688C00F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="6E0F85EC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="7E708347" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="199DC539" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32497600" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="4061C7DB" w14:textId="504BE32D" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...10 lines deleted...]
-              <w:t>busy</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>could</w:t>
             </w:r>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47409CA4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="023CF7FA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14C613BA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="7801D602" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DEF7960" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="797C00AA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37101132" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="253266C8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="4E296929" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="4721CC4C" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D692C03" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="54A3E8E2" w14:textId="0A572572" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...10 lines deleted...]
-              <w:t>business</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>should</w:t>
             </w:r>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06CA3441" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="2F2A0363" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="164347D4" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="79D0CC45" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E275BEB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="5A397511" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36FE2049" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="694CECB5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="54CC08A1" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="2730B2E4" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25B41F2A" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="76A752B4" w14:textId="4C442FB3" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...10 lines deleted...]
-              <w:t>decide</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>would</w:t>
             </w:r>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1C5CDC" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="0C1CAE18" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D232C26" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="434F7502" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4961B1E7" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="5A48A099" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43F2CDC0" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="2F45E360" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="239828DB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00D9204C">
+    <w:p w14:paraId="71402AB5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E126FE5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00D9204C">
+    <w:p w14:paraId="091BBB4C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11FF40BB" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+    <w:p w14:paraId="29014355" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F3E9FF8" w14:textId="07ECF861" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3605115F" wp14:editId="7B782E38">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B82F684" wp14:editId="3A37CFC4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1021546872" name="Text Box 3"/>
+                <wp:docPr id="434177620" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="045B8AFF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                          <w:p w14:paraId="50B981B4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="46F01434" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                          <w:p w14:paraId="77B1BE77" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="0343F83E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                          <w:p w14:paraId="78E4C088" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="619724D5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                          <w:p w14:paraId="7ABB116C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="7E6CF610" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                          <w:p w14:paraId="75984B5A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3528D03B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                          <w:p w14:paraId="6E8FA3EB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="79C92A0B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                          <w:p w14:paraId="179061B0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:hyperlink r:id="rId17" w:history="1">
+                            <w:hyperlink r:id="rId19" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3605115F" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="0B82F684" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="045B8AFF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                    <w:p w14:paraId="50B981B4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="46F01434" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                    <w:p w14:paraId="77B1BE77" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="0343F83E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                    <w:p w14:paraId="78E4C088" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="619724D5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                    <w:p w14:paraId="7ABB116C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="7E6CF610" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                    <w:p w14:paraId="75984B5A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3528D03B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                    <w:p w14:paraId="6E8FA3EB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="79C92A0B" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+                    <w:p w14:paraId="179061B0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:hyperlink r:id="rId18" w:history="1">
+                      <w:hyperlink r:id="rId20" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="7117" w:type="dxa"/>
+        <w:tblW w:w="6068" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="647"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1517"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00D76442" w14:paraId="0C94CE5A" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="3BF80DB7" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
-          <w:trHeight w:val="409"/>
+          <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0863131D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="608BC37C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="5BE0F675" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="6CD75671" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="605BC5D0" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="1C1C2A8F" w14:textId="34D93F42" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F996D03" w14:textId="366869F7" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="509761A9" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="36330876" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5ED86EAE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="301B04EB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="179880F1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="3B6321B7" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A8A6E81" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="3BC09833" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BBE2A1A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1961D5C1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59520A54" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="284C5B13" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="65114437" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6272F0E8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E90E8F1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48455EA2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="19D8796C" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="144EA2CD" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27C83D1C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47DD1C36" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08901092" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="71ACDE1A" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="20B6E98C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="242A5403" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06E5BAC1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="363A326A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="2123D1B1" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD1843C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73CA9DC7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F13CD09" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75ADA1C4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="26FC01AB" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="763045F2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...168 lines deleted...]
-          <w:p w14:paraId="47B31C1D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34F83C2B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3228FCA3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6970C9D6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="4EA0B19D" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD8B851" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...3121 lines deleted...]
-          <w:p w14:paraId="2BCBC2F6" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1123C1F0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23D3C4BE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E2F7B7A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6B97DA87" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+    <w:p w14:paraId="05CABA04" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C9209D6" wp14:editId="19903B60">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A2A5352" wp14:editId="14CB1E59">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="630855269" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="559291623" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -14890,62 +19210,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D42832D" wp14:editId="0BAF431F">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F580097" wp14:editId="7E1B8CE6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1099631890" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1614747300" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -14974,6301 +19294,1151 @@
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA76574" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00D76442" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+    <w:p w14:paraId="4D4EE718" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="45A3163E" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="2F23FE66" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FEBE916" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="67047409" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00760A91">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3859B195" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="30E461D3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00760A91">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63FE6AA2" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="4489AC5A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00760A91">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="324DA9F6" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="70A5C438" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00760A91">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="687E056D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="00C8731A">
+          <w:p w14:paraId="22659C25" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00760A91">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="4BDF8021" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="465E115B" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C9914BA" w14:textId="0A42DB4D" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="12E3696C" w14:textId="395A031A" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="009B1DE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>position</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>put</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B1DE8">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37BCF2FF" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="395009F5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66C2E8CA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="4E9ADEE9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E698A83" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="2666617E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11F3AA78" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="40B6F83D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="5A28A90B" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="1BDCA4AC" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58435737" w14:textId="59443F2D" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="21CC97B1" w14:textId="25F759DB" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="009B1DE8">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>push</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40E42DA7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CB83D08" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="130A1BD3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05DA1ECF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="6AF473B2" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA61A2C" w14:textId="1369CCF7" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>mention</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>pull</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B1DE8">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A75C208" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="5146F2F5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02A179B6" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="29E38D47" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07C6F591" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="19AFA254" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76C762DD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="01F33993" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="6614B852" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="1C825361" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64E9E3C9" w14:textId="540E6FC8" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="3F0775D1" w14:textId="6BC1C100" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="009B1DE8">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>full</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3FB0F7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5274A5A2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="600310A4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70A246C8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="6FC0EE7A" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC5794B" w14:textId="7FFB619F" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>opposite</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>house</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B1DE8">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BD47939" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="08CB0FE9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="213B6C6E" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="712E1311" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FBB8103" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="0F9E6093" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5751541D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="49EBA25F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="38025BA3" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="714FB48A" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43F00F2F" w14:textId="4D72C730" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="5789A199" w14:textId="69DD1C6E" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="009B1DE8">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>exercise</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>our</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B1DE8">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B835F67" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="56095E58" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29EFF0C0" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="40754829" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74F3B2AA" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="6E5E1FD6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="441A1772" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="2BF857DE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="6AF71C4C" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="41E92B42" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D825348" w14:textId="6FEDF4C1" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="19CE0A9F" w14:textId="0EE30983" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="009B1DE8">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>experience</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>your</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B1DE8">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC1CD8C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="107A2C3D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74F725E9" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="39FFD5A9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4876425F" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="26B48266" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BDD118C" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="75FB39E6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1DE8" w:rsidRPr="00760A91" w14:paraId="09B9F0EE" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="13874703" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="250573CA" w14:textId="4DB04109" w:rsidR="009B1DE8" w:rsidRPr="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="292D62D0" w14:textId="36F098CB" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="009B1DE8">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>experiment</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>they</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B1DE8">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D37E0AD" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="4D348540" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43B333F3" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="72E8D139" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CDCC8B8" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="68AF63E7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D0D13B5" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRPr="00760A91" w:rsidRDefault="009B1DE8" w:rsidP="009B1DE8">
+          <w:p w14:paraId="2B9879D9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...264 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="441CED2D" w14:textId="77777777" w:rsidR="009B1DE8" w:rsidRDefault="009B1DE8" w:rsidP="00D9204C">
+    <w:p w14:paraId="285F64BB" w14:textId="6FF8F2C3" w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidRDefault="00D9204C" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
-    </w:p>
-[...5069 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidSect="002831BC">
       <w:headerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13B88E1D" w14:textId="77777777" w:rsidR="00EE6499" w:rsidRDefault="00EE6499" w:rsidP="008A3112">
+    <w:p w14:paraId="266C3070" w14:textId="77777777" w:rsidR="00CD1117" w:rsidRDefault="00CD1117" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28DDA694" w14:textId="77777777" w:rsidR="00EE6499" w:rsidRDefault="00EE6499" w:rsidP="008A3112">
+    <w:p w14:paraId="3184228F" w14:textId="77777777" w:rsidR="00CD1117" w:rsidRDefault="00CD1117" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant Std">
     <w:panose1 w:val="020B0503020103030203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D0DD427" w14:textId="77777777" w:rsidR="00EE6499" w:rsidRDefault="00EE6499" w:rsidP="008A3112">
+    <w:p w14:paraId="44530A4A" w14:textId="77777777" w:rsidR="00CD1117" w:rsidRDefault="00CD1117" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4AFEE151" w14:textId="77777777" w:rsidR="00EE6499" w:rsidRDefault="00EE6499" w:rsidP="008A3112">
+    <w:p w14:paraId="67876214" w14:textId="77777777" w:rsidR="00CD1117" w:rsidRDefault="00CD1117" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="216AEAA7" w14:textId="3F7A5D8E" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
+  <w:p w14:paraId="216AEAA7" w14:textId="75063445" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Name:                                                                                                     </w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">Year </w:t>
     </w:r>
-    <w:r w:rsidR="00CF0360">
+    <w:r w:rsidR="00A24715">
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve"> Homework</w:t>
     </w:r>
-    <w:r w:rsidR="00236F34">
-      <w:t xml:space="preserve">                                                                     </w:t>
+    <w:r w:rsidR="00AF1B6C">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00542415">
+      <w:t xml:space="preserve">                                                             </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00581694">
       <w:t>Date</w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">  </w:t>
     </w:r>
-    <w:r w:rsidR="00CF0360">
+    <w:r w:rsidR="0053772B">
+      <w:t>11</w:t>
+    </w:r>
+    <w:r w:rsidR="00A24715">
+      <w:t>.1</w:t>
+    </w:r>
+    <w:r w:rsidR="00280A93">
       <w:t>2</w:t>
-    </w:r>
-[...7 lines deleted...]
-      <w:t>9</w:t>
     </w:r>
     <w:r w:rsidR="00B76DBE">
       <w:t>.2</w:t>
     </w:r>
-    <w:r w:rsidR="0091712E">
+    <w:r w:rsidR="000746B4">
       <w:t>5</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">                                                                                                   </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A3112"/>
     <w:rsid w:val="00050781"/>
     <w:rsid w:val="00070338"/>
-    <w:rsid w:val="00080B13"/>
+    <w:rsid w:val="000746B4"/>
+    <w:rsid w:val="00076C31"/>
     <w:rsid w:val="000855F5"/>
+    <w:rsid w:val="00140A1F"/>
     <w:rsid w:val="00191FC3"/>
     <w:rsid w:val="001A4026"/>
     <w:rsid w:val="00203B2E"/>
-    <w:rsid w:val="00236F34"/>
+    <w:rsid w:val="00236170"/>
     <w:rsid w:val="0024448A"/>
+    <w:rsid w:val="00280A93"/>
     <w:rsid w:val="002831BC"/>
     <w:rsid w:val="00290D26"/>
-    <w:rsid w:val="003F2D86"/>
+    <w:rsid w:val="00370D04"/>
     <w:rsid w:val="00414FA5"/>
     <w:rsid w:val="004B43FB"/>
+    <w:rsid w:val="0053772B"/>
     <w:rsid w:val="00542415"/>
     <w:rsid w:val="00581694"/>
-    <w:rsid w:val="00640CB3"/>
+    <w:rsid w:val="00680C38"/>
     <w:rsid w:val="007358D7"/>
     <w:rsid w:val="00744AAC"/>
     <w:rsid w:val="00760A91"/>
+    <w:rsid w:val="0079186E"/>
     <w:rsid w:val="008A3112"/>
     <w:rsid w:val="008F64A6"/>
-    <w:rsid w:val="0091712E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009B1DE8"/>
+    <w:rsid w:val="0093601E"/>
     <w:rsid w:val="009D5FA0"/>
+    <w:rsid w:val="00A24715"/>
     <w:rsid w:val="00A306B9"/>
     <w:rsid w:val="00A3648D"/>
+    <w:rsid w:val="00AC1791"/>
     <w:rsid w:val="00AF1B6C"/>
     <w:rsid w:val="00B10786"/>
     <w:rsid w:val="00B76DBE"/>
     <w:rsid w:val="00C471C5"/>
-    <w:rsid w:val="00CA6FFE"/>
+    <w:rsid w:val="00C61E6F"/>
     <w:rsid w:val="00CB2021"/>
-    <w:rsid w:val="00CF0360"/>
+    <w:rsid w:val="00CD1117"/>
     <w:rsid w:val="00D76442"/>
     <w:rsid w:val="00D9204C"/>
     <w:rsid w:val="00DF58D2"/>
     <w:rsid w:val="00E0142B"/>
-    <w:rsid w:val="00E4552A"/>
     <w:rsid w:val="00E73F0C"/>
-    <w:rsid w:val="00EE6499"/>
     <w:rsid w:val="00EF4711"/>
+    <w:rsid w:val="00F0737C"/>
     <w:rsid w:val="00F33679"/>
     <w:rsid w:val="00F34682"/>
+    <w:rsid w:val="00F47EA0"/>
     <w:rsid w:val="00FA0E10"/>
-    <w:rsid w:val="00FF5AB5"/>
     <w:rsid w:val="012BC3B3"/>
     <w:rsid w:val="03A97258"/>
     <w:rsid w:val="3B171FC0"/>
     <w:rsid w:val="4A85361C"/>
     <w:rsid w:val="564D48B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -25328,50 +24498,273 @@
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
                     <w:div w:id="1723015635">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="657272110">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="942613672">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="491600368">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="279145031">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1216816488">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1482305127">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1576236099">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1562523840">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1272398264">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1540586512">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1178545654">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="389495550">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="779296430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="776486515">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="753551800">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="854463199">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1591310686">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="852647347">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1892227524">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -25826,50 +25219,273 @@
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1996951949">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1933976905">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="127355961">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1492216192">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="211426232">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1018699939">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1365669040">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2085254091">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1900094045">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="934706955">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="449589186">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1799060242">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1899393994">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1079131276">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2124182997">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1092237920">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="526791863">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="433943791">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -26144,50 +25760,59 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007477B128495CDE44B5707222EB9DED75" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="194e58cf8e3fef96baf2392fca01f888">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69c57f59-3089-4884-9e50-743c5888dc96" xmlns:ns3="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="379b7807915f1599a11cf22581fecfd1" ns2:_="" ns3:_="">
     <xsd:import namespace="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <xsd:import namespace="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
@@ -26404,123 +26029,114 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="69c57f59-3089-4884-9e50-743c5888dc96">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E93C0A8F-9B56-4DB9-9ED8-B5EBECA526D7}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A5A0BA3-DCA1-4256-BDCB-0223097FE760}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A5A0BA3-DCA1-4256-BDCB-0223097FE760}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC7CDDC0-2112-483A-85A5-9828F8F73646}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="69c57f59-3089-4884-9e50-743c5888dc96"/>
+    <ds:schemaRef ds:uri="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4816D714-7ACA-4768-B5B3-4424C24E0734}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <ds:schemaRef ds:uri="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>528</Words>
-  <Characters>3015</Characters>
+  <Words>433</Words>
+  <Characters>2474</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3536</CharactersWithSpaces>
+  <CharactersWithSpaces>2902</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>C.Pearce</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007477B128495CDE44B5707222EB9DED75</vt:lpwstr>