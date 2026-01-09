--- v3 (2025-12-20)
+++ v4 (2026-01-09)
@@ -330,51 +330,51 @@
                       <w:r w:rsidR="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r w:rsidR="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="17745327" w14:textId="026E3068" w:rsidR="008A3112" w:rsidRPr="00D76442" w:rsidRDefault="0079186E" w:rsidP="00B10786">
+                    <w:p w14:paraId="17745327" w14:textId="026E3068" w:rsidR="008A3112" w:rsidRPr="00D76442" w:rsidRDefault="00DF4C94" w:rsidP="00B10786">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId10" w:history="1">
                         <w:r w:rsidR="008A3112" w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -388,3586 +388,1220 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r w:rsidR="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="7117" w:type="dxa"/>
+        <w:tblW w:w="6092" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="647"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="1523"/>
+        <w:gridCol w:w="1523"/>
+        <w:gridCol w:w="1523"/>
+        <w:gridCol w:w="1523"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="5517B1C8" w14:textId="60FE49B9" w:rsidTr="008F64A6">
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="5517B1C8" w14:textId="60FE49B9" w:rsidTr="009639E5">
         <w:trPr>
-          <w:trHeight w:val="409"/>
+          <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="1523" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="61DD1836" w14:textId="24EB7C07" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+          <w:p w14:paraId="61DD1836" w14:textId="24EB7C07" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="1523" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="3C44C321" w14:textId="523D0687" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00760A91" w:rsidP="00D76442">
+          <w:p w14:paraId="0BA9F7A5" w14:textId="61B2AED8" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C90F15" w14:textId="250C220D" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2661F019" w14:textId="35126401" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="224F00A2" w14:textId="5D660546" w:rsidTr="009639E5">
+        <w:trPr>
+          <w:trHeight w:val="492"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4845448B" w14:textId="0AC0B28D" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70897B5F" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14E27BDB" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="650877FF" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="07BEE92A" w14:textId="4E183047" w:rsidTr="009639E5">
+        <w:trPr>
+          <w:trHeight w:val="522"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D193A27" w14:textId="011AAE1F" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D7C76D6" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A8FBF1C" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DE2951C" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="623BFA41" w14:textId="6BCE8FD7" w:rsidTr="009639E5">
+        <w:trPr>
+          <w:trHeight w:val="492"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3E6120" w14:textId="475DBBFF" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35F42FEB" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="708B1E6D" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36556B24" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="2A82F080" w14:textId="043E828E" w:rsidTr="009639E5">
+        <w:trPr>
+          <w:trHeight w:val="522"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FBD6E81" w14:textId="5239D6EA" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5171A951" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4470122E" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="346DAE09" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="7B493594" w14:textId="7998056A" w:rsidTr="009639E5">
+        <w:trPr>
+          <w:trHeight w:val="492"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7297BFB4" w14:textId="04622263" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="0BA9F7A5" w14:textId="7C767C3F" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B9EDDAC" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49569D8A" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E681F79" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="02545D9C" w14:textId="2BB83074" w:rsidTr="009639E5">
+        <w:trPr>
+          <w:trHeight w:val="522"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6091FA54" w14:textId="1572FFCA" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="79C90F15" w14:textId="63A6FB5F" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A6224E7" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="180CEC63" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52DB359C" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="286AC3AF" w14:textId="0FB8BC79" w:rsidTr="009639E5">
+        <w:trPr>
+          <w:trHeight w:val="492"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1ABBE0" w14:textId="4DD1A9C1" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00F0737C">
-[...105 lines deleted...]
-          <w:p w14:paraId="4A09F7BF" w14:textId="67F17A1F" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="409B77D4" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="706DF984" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0246A5A4" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="28CA1546" w14:textId="08814898" w:rsidTr="009639E5">
+        <w:trPr>
+          <w:trHeight w:val="522"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DA5E5A0" w14:textId="2937CAB5" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...3191 lines deleted...]
-          <w:p w14:paraId="425B4620" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63581D03" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DA8C998" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E0A3024" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E62EF8E" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRDefault="00D76442" w:rsidP="00191FC3">
+    <w:p w14:paraId="263E21A1" w14:textId="77777777" w:rsidR="00236F34" w:rsidRDefault="00D76442" w:rsidP="00191FC3">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B18EA31" wp14:editId="0D138ADC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="988320439" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
@@ -4077,80 +1711,130 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C31064D" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
+    <w:p w14:paraId="736E00E0" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C6CAF59" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
+    <w:p w14:paraId="37823F86" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AF68A6A" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
+    <w:p w14:paraId="14DBF367" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E346A84" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
+    <w:p w14:paraId="30EE2EFA" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="381970AF" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00191FC3"/>
-    <w:p w14:paraId="187F4AE3" w14:textId="0BE700E1" w:rsidR="00290D26" w:rsidRDefault="00D76442" w:rsidP="00F0737C">
+    <w:p w14:paraId="08ACF9ED" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CA0CA27" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F84415D" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2366AD63" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="380A6C5E" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39BF3651" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71852D3C" w14:textId="77777777" w:rsidR="00236F34" w:rsidRPr="00236F34" w:rsidRDefault="00236F34" w:rsidP="00236F34">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38E416A6" w14:textId="77777777" w:rsidR="00236F34" w:rsidRDefault="00236F34" w:rsidP="00191FC3"/>
+    <w:p w14:paraId="0A90D6CC" w14:textId="77777777" w:rsidR="00236F34" w:rsidRDefault="00236F34" w:rsidP="00191FC3"/>
+    <w:p w14:paraId="187F4AE3" w14:textId="2145B72C" w:rsidR="00290D26" w:rsidRDefault="00D76442" w:rsidP="00236F34">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D58E540" w14:textId="6668B5F6" w:rsidR="002831BC" w:rsidRPr="00D76442" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t>Spellings – Look, cover, write and check. This week we are practising</w:t>
       </w:r>
@@ -4158,1224 +1842,1146 @@
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> commonly confused words.</w:t>
       </w:r>
       <w:r w:rsidR="00F34682" w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002831BC" w:rsidRPr="0093601E" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="002831BC" w:rsidRPr="009639E5" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="0093601E" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
-[...113 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="009639E5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0079186E">
-[...1 lines deleted...]
-                <w:rStyle w:val="normaltextrun"/>
+            <w:r w:rsidRPr="009639E5">
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>vegetable</w:t>
+              <w:t>Word</w:t>
             </w:r>
-            <w:r w:rsidRPr="0079186E">
-[...1 lines deleted...]
-                <w:rStyle w:val="eop"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11D05BB1" w14:textId="3757E8F7" w:rsidR="002831BC" w:rsidRPr="009639E5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t> </w:t>
-[...69 lines deleted...]
-                <w:rStyle w:val="normaltextrun"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009639E5">
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rStyle w:val="normaltextrun"/>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="015A615B" w14:textId="06E6D04B" w:rsidR="002831BC" w:rsidRPr="009639E5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>correspond</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="eop"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009639E5">
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
-[...61 lines deleted...]
-                <w:rStyle w:val="normaltextrun"/>
+          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="009639E5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0079186E">
-[...1 lines deleted...]
-                <w:rStyle w:val="normaltextrun"/>
+            <w:r w:rsidRPr="009639E5">
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>recommend</w:t>
+              <w:t>Write</w:t>
             </w:r>
-            <w:r w:rsidRPr="0079186E">
-[...1 lines deleted...]
-                <w:rStyle w:val="eop"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07234843" w14:textId="25F6B893" w:rsidR="002831BC" w:rsidRPr="009639E5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t> </w:t>
-[...67 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009639E5">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="0079186E">
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="009639E5" w14:paraId="4648E37F" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44FF7828" w14:textId="0FF67ED6" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17B1770B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>suggest</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="eop"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3092AD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t> </w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F6B2490" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
-[...59 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="7877BABB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0079186E">
-[...1 lines deleted...]
-                <w:rStyle w:val="normaltextrun"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24438781" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>develop</w:t>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="009639E5" w14:paraId="241BB8AB" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68EA5080" w14:textId="26F1A053" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>your</w:t>
             </w:r>
-            <w:r w:rsidRPr="0079186E">
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t> </w:t>
-[...13 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
-[...45 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0079186E">
-[...1 lines deleted...]
-                <w:rStyle w:val="normaltextrun"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="295A4BBC" w14:textId="3859C5D0" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>awkward</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="eop"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="081837A7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="009639E5" w14:paraId="4958301C" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C265A2" w14:textId="09E9D424" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>come</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="540D3A89" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
-[...59 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="13C1BE96" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0079186E">
-[...1 lines deleted...]
-                <w:rStyle w:val="normaltextrun"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB945F4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>bargain</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="eop"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00BD63BB" w14:textId="239183A7" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t> </w:t>
-[...13 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="675262BF" w14:textId="17FC3BB7" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
-[...45 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0079186E">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="009639E5" w14:paraId="0138A8C4" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="754C6928" w14:textId="360FC8E1" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>some</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F6B2490" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>bruise</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="eop"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6653B3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA5B406" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF81449" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="009639E5" w14:paraId="71B68D79" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75AF0D1D" w14:textId="3599F4B2" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>said</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2736A3E3" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+          <w:p w14:paraId="57970E4A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A38841" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39AEF005" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="009639E5" w14:paraId="5B27EC32" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="035E4F1A" w14:textId="6E4D324B" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+              <w:t>here</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="540D3A89" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43B19063" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+          <w:p w14:paraId="1A8B8C6A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76966E89" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="041B682C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="009639E5" w14:paraId="0CF7D4C7" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F4D145" w14:textId="228F5B16" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>there</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0D29D2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="300A2A64" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="110914A6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2469E160" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="158E6A29" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00D9204C">
+    <w:p w14:paraId="1BC4783A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="428ECE8F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="02FABD1E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00D9204C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7669F552" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00D9204C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A6E37D2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DAC3C82" wp14:editId="339A3A9E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B1C205B" wp14:editId="611233AD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="754564511" name="Text Box 3"/>
+                <wp:docPr id="1984114072" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2A221704" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="59F54239" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="78D9D03D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="30FA7314" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="5716A18E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="131D8F19" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="1A40A5EC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="70077AD6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3D2A0056" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="6A004BE4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="0F5BC687" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="286C561A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4EDBD001" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="5F2FE8FA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId13" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="5DAC3C82" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="5B1C205B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBDkmEuOgIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVV8RsoTgiXxY6KTnD1xXCPzDnn5lF7SAPuA/+CQ+pAGuC3qKkBPvrb/chH0eK&#13;&#10;UUoa1GJO3c89s4IS9U3jsG/TySSINzqT6ecROvY6sr2O6H29AiQqxc0zPJoh36uTKS3Ur7g2y/Aq&#13;&#10;hpjm+HZO/clc+W5DcO24WC5jEsrVMP+gN4YH6DCYQOtL+8qs6cfqURGPcFIty95Nt8sNX2pY7j3I&#13;&#10;Ko4+8Nyx2tOPUo/i6dcy7NK1H7Mufx6L3wAAAP//AwBQSwMEFAAGAAgAAAAhAILikRzkAAAAEAEA&#13;&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoU5SkSRqn4qdw6YmCOLuxa1uN15Ht&#13;&#10;puHtcU9wWWm0uzPztZvZDmSSPhiHDJaLDIjE3gmDisHX59tDBSREjoIPDiWDHxlg093etLwR7oIf&#13;&#10;ctpHRZIJhoYz0DGODaWh19LysHCjxLQ7Om95TNIrKjy/JHM70McsK6nlBlOC5qN80bI/7c+WwfZZ&#13;&#10;1aqvuNfbShgzzd/HnXpn7P5ufl2n8bQGEuUc/z7gypD6Q5eKHdwZRSADg2qVJ6DIYFXUQK4HeV2W&#13;&#10;QA4M8qIsgHYt/Q/S/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#13;&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#13;&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDkmEuOgIAAIQEAAAO&#13;&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAAAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="2A221704" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="59F54239" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="78D9D03D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="30FA7314" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="5716A18E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="131D8F19" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="1A40A5EC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="70077AD6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3D2A0056" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="6A004BE4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="0F5BC687" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="286C561A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4EDBD001" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="5F2FE8FA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId14" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -5415,3564 +3021,3564 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="41EC9200" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="63D4DE86" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7B972055" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="61604F13" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC05BA8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="46C6794C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="418922C2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="472839F1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D43AA84" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="57F16D3B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F86432" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B28C45B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7601AA00" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="38E3C520" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="45074784" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="150E3186" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="434F6107" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...159 lines deleted...]
-          <w:p w14:paraId="7F2DB87E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="5C8E8D70" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...78 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="504F750E" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="552EF99D" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2BA9F3BA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="7869968A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31F7E55D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="7B10D886" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="05C12080" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D08856C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AF35F8B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55A53322" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DA77ED0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DB8B4C6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11FBE726" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07DF60C5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F900F61" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74AABD59" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="33C7B7F0" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="1BCC83DF" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="134A74FA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="062AE6A9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A765AF6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="56C08C00" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="36DFA714" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D198142" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16809666" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E167D3A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FCF006D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63500DB8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="112B278F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F995903" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78F8AD8A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77268516" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="178DFFBE" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="5C0C06DF" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0FE84729" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="0FEBC4A0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CFEA29F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="14338550" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="62E2F3F5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37B5E2EF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57CFB800" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56D2B549" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C8190D3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="419DF0A7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63261633" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="472E9312" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60CCECA2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="309EED8D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="6CD6F188" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="3B4CD2CB" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="3D98DFE9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="5470923F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CD2B6DA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="587A7492" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="7DA750AD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16CEFC3B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DAF0ED2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FD84848" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0759E2A1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E57E041" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C42E612" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D810CD2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AD58451" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C4201D2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="3DD34A59" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="316DFEA4" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0CFCEF36" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="0D3F992E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E71A762" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="5B96A8B7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="5BE42E9C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BDCF9A7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4762537C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22299164" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FBB7EE6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="470001AA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="664CB4DE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27C387E2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1340BDC6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35BD1226" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="581D5B18" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="153DD2B3" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6DD81850" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="63CEB450" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1629A90E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="53615597" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="0BE85FFF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CB76192" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5227171F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40AEEE7B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11FFC5F2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C597F8D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="307F0543" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13F9A84B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BBA0DA0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BA99ECC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="760817BE" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="0023C479" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="793C8E5E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="7FC8E7A7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="232EA682" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="73008556" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="596BEE92" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CAC4F74" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1970C4A6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1634CDED" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02CCCABA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0589FBF1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19931323" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A51F43C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="751381CC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08675B3C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="25E25D2F" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="45402089" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2F83DC9E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="773507DB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70B37854" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="458BF928" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="487B5BB7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F7A46A2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50F495CF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="522401B0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A618E76" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BA31053" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59B5F041" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33CEDEFB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="224D1635" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0259ACA0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="1F75446A" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="0D9957EE" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="781D8BE5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="482CFA45" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="208CB665" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="45491346" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="0089F306" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="473CEB5F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="071E6C37" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="352A2A9C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DB17817" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C58E6E5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="499E9F2E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="654D8632" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A2207E0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="369502CE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="4A612121" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="5777EBBC" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="70CE6422" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="4ECEF6B0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38E44D16" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="54DD570B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="74DAA4BC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02EEC898" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D923248" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C9FBD71" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="673354E4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="374C9B8D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10F83935" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DB75696" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D81720A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A00B04B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B40CA8E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="2E9B77DF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EC78EBF" wp14:editId="08BC1CF1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12554DEA" wp14:editId="6D9ACA38">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="2118138881" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="1620766521" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -8987,62 +6593,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33AEFE14" wp14:editId="5B560567">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="664CB9BB" wp14:editId="287E30A6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="846443282" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="584724786" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -9065,1289 +6671,1338 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FA75BB6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="1D52610F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="627642CF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="7C623504" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DEDFC67" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="5E98DFF9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DF8E943" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="29D54786" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3119941F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4"/>
-    <w:p w14:paraId="3D542880" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="7625A104" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C9EFF48" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AB42521" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C0130C4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24B89783" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58993AEE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09769B19" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2628D15F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95"/>
+    <w:p w14:paraId="06F4E156" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95"/>
+    <w:p w14:paraId="7B756014" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A29C07" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="60F3D62D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2782"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="02D1E8D7" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="2CE68AB8" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5948971A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="056C6061" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50D9A320" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="29BA2F86" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4853E4EE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="66BDE9B1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5582644A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="1EBB061E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="064E3EF5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="07E66613" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="52247CA4" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="703B0B6F" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49DE3D8C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="236487F1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>accident</w:t>
             </w:r>
             <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DEBFB9A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="62BFECE2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11202854" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="77EF8D1D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19B7C8DA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="3C058AC5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AA11EB9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="3BA97D5C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="5ADCA1D4" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="1B194076" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CCE8CD2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="24329970" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>accidentally</w:t>
             </w:r>
             <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AFD4E0B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="443517C2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62A80291" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="43DD3E8D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62775734" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="19B56F3B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="175960A0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="6078F343" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="574EA5FD" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="664BAB79" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D393BB3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="32CAB0A8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>actual</w:t>
             </w:r>
             <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77B41B44" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="24E7E2F1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5386E65B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="6EF9FD15" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7940050D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="076EFE0D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="280EB551" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="4814F018" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="7377FB1E" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="3C3A6A97" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F42B246" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="7FFE2A3A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>actually</w:t>
             </w:r>
             <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CBE1FB1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="54A6FB24" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64D2914E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="24FD6886" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D1D4C87" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="289FAB5B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="680DC629" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="107D9143" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="001E0444" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="1DA80632" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CE9A123" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="281805FD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>occasion</w:t>
             </w:r>
             <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09D7A37F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="3CAA7A4D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30A7E234" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="7322A912" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="339DBF08" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="13BD1439" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45B65D17" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="57BD8BC6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="2B0DE212" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="2DFED26C" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A964E11" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="520268C8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>occasionally</w:t>
             </w:r>
             <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="133D9FD9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="417A9879" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E29F61F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="17382F4E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AD3C853" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="617B728A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59B90BFE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="57E6029B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="3408CD8F" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="7A90D2C2" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EA69B5D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="23DB321B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>probably</w:t>
             </w:r>
             <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68A31BEB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="2B1E0A7B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5472FE1B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="3A84CDE7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A8B35B0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="13DBD9C2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29977FA6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="743D9BD9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="53BB90BB" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="7F2C21DD" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50C2C103" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="20F25124" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>centre</w:t>
             </w:r>
             <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A7376AA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="0B1FA4E1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A9C4B26" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="5804F433" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78FBC027" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="511925AA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D077FB7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="4CC6BC21" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4BA6FD79" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00D9204C">
+    <w:p w14:paraId="25810FC3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F77FE79" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="032DFF65" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0ABA271C" wp14:editId="227B1153">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C233BDF" wp14:editId="2EBCBECB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="353027525" name="Text Box 3"/>
+                <wp:docPr id="251129684" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="317E6482" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="63468108" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="58E29B94" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="22D0FDE7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="08775A21" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="46A95345" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="65C963E6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="68EC5B6D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="7A0A6C6E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="4E7C4AE0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="7CEEBE27" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="11514AE5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6E01EAA8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="76B2ECA9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId15" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0ABA271C" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="3C233BDF" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="317E6482" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="63468108" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="58E29B94" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="22D0FDE7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="08775A21" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="46A95345" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="65C963E6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="68EC5B6D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="7A0A6C6E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="4E7C4AE0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="7CEEBE27" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="11514AE5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="6E01EAA8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="76B2ECA9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId16" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -10387,3564 +8042,3564 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="16E5C7E1" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="75EF4353" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="396A7679" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="16AB652A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="444FC5DD" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="4854BAD3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="43669B2F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="759014D4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="337C0399" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A2E4B7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F2D1C0A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0099AA7E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="222E44D2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6412E3BC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="525C2321" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="43B79886" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="33BC86A6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...159 lines deleted...]
-          <w:p w14:paraId="2C695199" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="75631A27" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...78 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="7404CD8F" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="47BC5E9B" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0831B372" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="76F6BC69" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75BDD26F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="40395F2B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="72A712AF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E84BE3C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1582C49D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54BD7315" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02F4C160" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02AB4410" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F5ED887" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74A5A527" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11BDB3F2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35ACF83F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="31878C44" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="1DF8A3D9" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="774ED816" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="2086325B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26C4CED6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="1430DC7E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="5746A2ED" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BE53E15" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="348B7941" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65B79358" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E9C83EA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="657D85E4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B866C86" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EFE0B5A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="430637CA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60970DC8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="1CDFE4B0" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="416025D2" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="381CD2E9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="66B28EC7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44D4160D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="739B0370" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="6B1C450D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3691FEFB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19EFB562" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C0E2E0C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="670933BC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6712A808" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51C53AF5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1673B31B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FAACE13" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06B0A2BF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="4047B24D" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="7C6AF87A" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="5454F74C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="2097B81E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AA003C3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="31E1D8D2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="777F0DAB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="603C50DB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04F6C571" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A013867" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BDD6B4E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="286A8FC4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B1A126B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52415FE6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3108C9E8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39368A78" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="0B3424C0" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="4379619D" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="19901D2D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="2ECB6D30" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48BBFBB9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="5BD4BBC4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="4D28907F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="283C2B9C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2761C07D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C223374" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="771CE43F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A6D2F83" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39C47A59" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4196864B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46AABC8B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F0FFD69" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="7124506B" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="38C60C22" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6A72855B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="22A28DEB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4672E952" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="7E0DC3FA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="512B2798" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F9AC709" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FD295C9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CC9210C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B05D241" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="395FDC0F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D89FA20" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="214D6CD4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3254B445" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="769477D5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="589588A8" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="5ADC337F" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="192E09CA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="20CC4174" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="163A5A09" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="3FD7E5BE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="56F7D575" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CC4CCEE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24F6C817" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A66D6F9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4651E646" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EFBE0C6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FEAE180" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60D9AF9C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A32D1C9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AA6C4E4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="77A80912" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="6128A7C0" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7BA87EAD" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="4CB072B7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A10B766" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="1B0DB366" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="282DBFAE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E1F50F2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="127152D8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2083F6C5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="019EB64B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40C3FCBD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39C3BFEB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25A676D6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E29A8C2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F3C2373" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="5E1545EE" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="7D8D0F3B" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="04710083" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="6FB85AB2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E2D5690" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="3F69EF7C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="0E7C58BA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53648700" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="529BE404" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41873F33" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C9067E2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AEE3992" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3023623E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="587CB3F2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4310396F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60782E17" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="19783CB9" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="6818DC1B" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7128AC27" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="278E3356" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40613533" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="49428F17" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="1554291C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58B9D9DB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CE799B9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C012F05" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24757A02" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49D65221" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E1986B1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="745111CF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65252669" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D3F7FDB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="34BE571B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="1CC0F910" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="665460D0" wp14:editId="4E12E63A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19F030FD" wp14:editId="2E941913">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="66895487" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="1564127045" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -13959,62 +11614,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="461710AB" wp14:editId="7DE7428A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0292CC77" wp14:editId="54BAAD8C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="111141159" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1056465213" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -14037,1289 +11692,1410 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05206EBE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="321F9AF4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="484530E3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="018848B4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21714158" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="6459CE7F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10E48E62" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="6453C550" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B370F08" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4"/>
-    <w:p w14:paraId="7A48800B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="7CC577EF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E96FEEA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41BE30D9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3864C681" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D201C42" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23E8B7D7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31E17EDC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32CC89E6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95"/>
+    <w:p w14:paraId="6BD31D6F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95"/>
+    <w:p w14:paraId="1D1D2636" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A65138A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="024F94E7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2782"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="640D4CC4" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="31B50B15" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22AB8467" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="421006A2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29033325" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="7BDB4ED7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7ACDD01B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="276C84B8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44B58874" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="092C4F01" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0340B285" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="03DF89C5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="1967B791" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="7CBA6231" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D46DABD" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="0976E72B" w14:textId="5BEE1083" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D605B0">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>describe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="318F1B7D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A1E4D18" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="578084E2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7876B2E8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="7FF4934C" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1555F202" w14:textId="27D26D8A" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>describe </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
+              <w:t>famous</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="524265D7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="1D31E21D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5849D992" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="1DBC2C88" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="242CA888" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="57052782" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="604A31DC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="7BC998B7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="5B136C6A" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="37A943C7" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AF9E5B5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="64C3BD53" w14:textId="609C7354" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D605B0">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>favourite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4442F697" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57FAC5BD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A80B70E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46FB744B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="0CC37968" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7399FDA9" w14:textId="644ABD7E" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>famous</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>forward</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D605B0">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75A52A76" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C5AEAA0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26E7DC69" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27FF6B48" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="7D74EF60" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="421552DD" w14:textId="1F7E74D7" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>forwards</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FEE14CB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="4718B815" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA06087" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="1A5AE8A1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22A3D809" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="2C9B2AA7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02A3A591" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="57C00B0E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="5D8524AC" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="242EB324" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1332F5F4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="0A10272C" w14:textId="4A9C3243" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D605B0">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>fruit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28BB68AD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38AB7656" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E791A4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62CB1698" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="0620EA1C" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9B3177" w14:textId="0BA74DF0" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>favourite</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>group</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D605B0">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12C55D5A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="389B053C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E24A9D6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F9444D1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="44DBB7B4" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37C1E207" w14:textId="53DCB011" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>imagine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25125B26" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="240906AE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C3F7B8C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="0951F66A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A739349" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="2866F2A3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE620CC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="10771E8D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="31EB98DB" w14:textId="77777777" w:rsidTr="00720231">
-[...453 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="67BDA709" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00D9204C">
+    <w:p w14:paraId="3F1342BC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="217A3DF9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="7BD4D4D9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C844678" wp14:editId="49902A1B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61284F9E" wp14:editId="62834207">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1797087129" name="Text Box 3"/>
+                <wp:docPr id="520612642" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="71BDFA5B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="60F3F1E6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="203A5917" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="0993E8F6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="79788DB6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="0A5CE822" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="20E16E76" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="29420DC3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="03577B90" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="6616A829" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="4E2BFCDB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="0E3E2130" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="08904A95" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="008BDE52" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId17" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0C844678" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="61284F9E" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="71BDFA5B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="60F3F1E6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="203A5917" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="0993E8F6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="79788DB6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="0A5CE822" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="20E16E76" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="29420DC3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="03577B90" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="6616A829" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="4E2BFCDB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="0E3E2130" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="08904A95" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="008BDE52" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId18" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -15333,1242 +13109,3590 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="6068" w:type="dxa"/>
+        <w:tblW w:w="7117" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1517"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="278A1F17" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="35218D21" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
-          <w:trHeight w:val="450"/>
+          <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="69A83480" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="2EF676F1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="74F2F16E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="403DBF36" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="27250E7C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...39 lines deleted...]
-          <w:p w14:paraId="53A978BF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="1BDD5548" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...15 lines deleted...]
-          <w:p w14:paraId="78D777D0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="151D7CC2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2747CA89" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0831BC1F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="770A9646" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C33F14A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FBC9973" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2157841B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3573C38B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="223E7BEB" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="615FA8D8" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
-          <w:trHeight w:val="450"/>
+          <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="41B51D60" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="632FF876" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="425BC007" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54E29B5E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="146F424A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B4EBBE5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="668AFDB5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D33E776" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B438A7C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7924912F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AE2A59F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33F88DAB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="3ED93EEB" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DDD4A80" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D7FD6C9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C5F9F08" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B64D0B9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35A80261" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09700D6C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2ABF94F8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12C2B26E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5243F29D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13BF43E9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B9CF113" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="3ED401E4" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F4F8F1F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A325242" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="178A7815" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="362D89C2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C0A9FF0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EA6601B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FC19BD7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61844B23" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B437B39" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56DAF6B3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29370553" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="3A42F62A" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="66595F44" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DA8B2EF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BE53EA3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44A0B574" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="645DEC7E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02469750" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69277D00" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AF357E6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="547FD670" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47527641" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="418F8736" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="3AB54381" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="35EA710A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DFF66EB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A1C40DA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38F0D239" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09BDA52F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B76B2B2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23B24077" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="085FDAFE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6060F9DE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="035EB150" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62C5009C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="06551713" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="56EB75BE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2210D79C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B2C507D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E18BCED" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4614B121" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22DC2185" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71FEBFAF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="550C8AA5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D2FAF56" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09665674" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="360F5C4F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="50E1E039" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0962D540" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F9BA535" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="011DBB7F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CAEB76C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05BFA499" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="241A31EA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BF9978E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5137E93E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68FBD460" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="200F5373" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07011DD3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="0A6C63E0" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0463C9DF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="3BFE34DB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0344175A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66409908" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="573BB0BB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27F7EB33" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D06C144" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37314151" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77A3A4C0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BF46245" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="496AC8F5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20AC3B51" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="580DAAC2" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="1EBB9527" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
-          <w:trHeight w:val="425"/>
+          <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="5224AF5A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="7B404CDB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="357EAF09" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CD16E82" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3989624B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="668CB4D4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F022433" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="503383AE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="634F8B2B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D9ACC1B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36951FB2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11EDBB1F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6830445D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="7EF43F87" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="4E63887A" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
-          <w:trHeight w:val="450"/>
+          <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1F5CCC84" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="1D55CC31" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
-[...551 lines deleted...]
-          <w:p w14:paraId="29739E15" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F87312A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00760F66" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C396830" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="515ED2C1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DC808D6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E07C199" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A9AEBD7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3456681B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71E494D8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="692F15C8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="172A55CE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5B777C99" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AAC36B5" wp14:editId="7BBBA2FB">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6088FA61" wp14:editId="01FA5467">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1828453821" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="1376859734" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -16583,62 +16707,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6868603B" wp14:editId="0740AA9A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B849BE0" wp14:editId="295CE3E1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1743727166" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1689604764" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -16660,1293 +16784,1427 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="11F3CFFA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="517E6DDB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A4941B2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="676A5361" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="750DAAE5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2861FA4B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51CBE6B0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="165DC6CE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26A090A6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78D9F28A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C3A87D9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C7A8971" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95"/>
+    <w:p w14:paraId="13F78653" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95"/>
+    <w:p w14:paraId="19E8E291" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E2A87FE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="164881EF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="2782"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="269875B1" w14:textId="77777777" w:rsidTr="00720231">
-[...4 lines deleted...]
-          <w:p w14:paraId="50AFF20A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="1E572121" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76AD7C92" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7890E991" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A5D5B88" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8D53FD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Write</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ADBD3BF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="27A22FA3" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F9EA132" w14:textId="11254BF6" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D0F9E">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>accommodate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="539AA31A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E6FEF2A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57370C7A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75E685A6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="1E66BA15" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="140A3D22" w14:textId="4D88685F" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>Word</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>accompany</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08E55083" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="67D80EAD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66B7EE11" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3934FF9B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="413EB9B2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="2FAEE4E9" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65FD77FE" w14:textId="24A9E4CB" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D0F9E">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>according</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47F1263C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0954B945" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12544E02" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47415035" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="550041E6" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63908872" w14:textId="36B2199C" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>Look</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>according</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ACF7A65" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="604E7420" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="44974DA2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B8A0AA0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C6A6F7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="13EC4455" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05ECEB40" w14:textId="691CB534" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D0F9E">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>achieve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D09AFCB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27A9EBC5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC6A322" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B6D1C87" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="7DC4654A" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A0629D2" w14:textId="4BD1678E" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>Cover</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>conscious</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CC9D4DB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="097F5F4B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76777957" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6076E82E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB60400" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="3E3C6A29" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="726EBA4C" w14:textId="009BE640" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D0F9E">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>disastrous</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CEDDD8A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C58A835" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2039F87C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AFE70DB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="44F0B3A3" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EC17040" w14:textId="6B56ED10" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>Write</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>marvellous</w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-              <w:t>Check</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            <w:r w:rsidRPr="000746B4">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="730089EF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="4DFC1A6B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76B895F3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="5B8E6C89" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="225D7C59" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="01E6B2AB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7778198D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...641 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="0A60F702" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71402AB5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="5E3165C3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00D9204C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EF03D38" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="091BBB4C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...31 lines deleted...]
-    <w:p w14:paraId="3F3E9FF8" w14:textId="07ECF861" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="63C957FF" w14:textId="3205ADFB" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B82F684" wp14:editId="3A37CFC4">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B1720CA" wp14:editId="4151E955">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="434177620" name="Text Box 3"/>
+                <wp:docPr id="18821506" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="50B981B4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="2819D284" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="77B1BE77" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="01ADE248" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="78E4C088" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="06CE8CD9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="7ABB116C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="3CFE0626" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="75984B5A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="783EBBCE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="6E8FA3EB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="19B7C0DB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="179061B0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="396E3E24" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId19" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0B82F684" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="7B1720CA" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="50B981B4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="2819D284" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="77B1BE77" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="01ADE248" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="78E4C088" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="06CE8CD9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="7ABB116C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="3CFE0626" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="75984B5A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="783EBBCE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="6E8FA3EB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="19B7C0DB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="179061B0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="396E3E24" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId20" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -17960,1242 +18218,3590 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="6068" w:type="dxa"/>
+        <w:tblW w:w="7117" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1517"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="3BF80DB7" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="78CC34BE" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
-          <w:trHeight w:val="450"/>
+          <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="608BC37C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="3E41CA1F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6CD75671" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="7CF3E418" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="1C1C2A8F" w14:textId="34D93F42" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="33826EF2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE707EA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="13277939" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6231AF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E18E656" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4929F6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DDBAF76" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="7F996D03" w14:textId="366869F7" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="7FE72DAF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="62D0A163" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="6070E665" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D105ECC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0811A908" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="288E411E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7464F1FD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FA46BCC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41C858BC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E010627" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4855E88C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22C72FA8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E7C0FFB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="087DE2C2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="65511450" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="66439A30" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A7F1A0C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09172CCF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="591EAAA2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0884F3DA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F8BB45B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D92EFCF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6906AF7D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40873FB4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FA3A872" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6481DEE6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="4B9D10E3" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="72853D71" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C9305F8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F58E6EB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="009F8789" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="031F5529" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6412B6D2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CFC9315" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40A3505D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="544EE16A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="712A9358" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09639022" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="371EB317" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="639DB891" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34BE864B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C32A924" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E8F7EE8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32043FEE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68156965" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18794307" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F0D1644" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="341C2DC8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38152DE5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F8E74AC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="0F51F2F7" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC95392" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5997D630" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3100DA96" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08CE7C98" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="748E8D5C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BD200D4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="627688F9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7871AEFE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C532DC0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E0EF2BE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E83549C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="1546B6F0" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E29ECF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71F34410" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C8703FD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02B0C33A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="523E3208" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37122BF5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F2D38AF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14E473E2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B3E6492" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43A4E2BF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="279B8B96" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="0CDDED0A" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E4C690" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67A2770C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EBE0769" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B2F313E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C80F928" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AE34102" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B41BC86" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43EA2F81" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A2D4501" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05BCE260" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A453A64" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="23A5C63C" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="38DB62E3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="536D7887" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29B5B99F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B9ED5CA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="577C75BB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CBD6E7C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A4465EF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D076853" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="003A2494" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5199EEDF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="196DC831" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="19B95F08" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="29B2BBBF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48D960F5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56697749" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27121505" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BBD3110" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24102142" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19D8B0C7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="290286EE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60FF1A9F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35AD2E83" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FDE2EE1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="509761A9" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="71EA8D48" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
-          <w:trHeight w:val="425"/>
+          <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="36330876" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="777F81F5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
-[...920 lines deleted...]
-          <w:p w14:paraId="0E2F7B7A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71A97BDA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E0150F6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="638B9D18" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E16969A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="439C9FEF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AB075C1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EA25677" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04DBD58C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="009C05D3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C981856" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="05CABA04" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4E3AFA11" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A2A5352" wp14:editId="14CB1E59">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E7136C5" wp14:editId="584F1C0D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="559291623" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="12807992" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -19210,62 +21816,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F580097" wp14:editId="7E1B8CE6">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DF3FB8E" wp14:editId="440678D0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1614747300" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1820647680" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -19287,1158 +21893,6283 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="47984234" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3730B18A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6217BD25" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43C00F41" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A161026" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B764BFB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="044DD5A5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3909DF5A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ACA5351" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EEB192D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C31A984" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08410273" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95"/>
+    <w:p w14:paraId="4107B2EB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95"/>
+    <w:p w14:paraId="5F67C39A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4EE718" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="2AC7C9CE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="2782"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="2F23FE66" w14:textId="77777777" w:rsidTr="00720231">
-[...4 lines deleted...]
-          <w:p w14:paraId="67047409" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="4813DA4C" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D95BC07" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="045B2A5E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3875191D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F513384" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Write</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="693241D1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="47AC8787" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CAA7A9D" w14:textId="4FA71E79" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D0F9E">
-[...105 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="000746B4">
+              <w:t>ancient</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="732EAD2D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B696E0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C6EF0F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05CDEA92" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="2056DC3F" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D8317E" w14:textId="5C83DB59" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>put</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>apparent</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="395009F5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="40EF7462" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E9ADEE9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="3D50A3A0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2666617E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="59A20AAA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40B6F83D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="387FF7EC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="1BDCA4AC" w14:textId="77777777" w:rsidTr="00720231">
-[...4 lines deleted...]
-          <w:p w14:paraId="21CC97B1" w14:textId="25F759DB" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="5D9F7A92" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F4C299D" w14:textId="3AAA2D1A" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>push</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>aggressive</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40E42DA7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="67E545DF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CB83D08" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="61B6740C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="130A1BD3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="2F8EC9C0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05DA1ECF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="13DE98FA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="6AF473B2" w14:textId="77777777" w:rsidTr="00720231">
-[...4 lines deleted...]
-          <w:p w14:paraId="7AA61A2C" w14:textId="1369CCF7" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="38037395" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2E2561" w14:textId="3115C8F0" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>pull</w:t>
+              <w:t>committee</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5146F2F5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="675CDB1E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="704F08C7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2310B64D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="532E7320" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="46CF9E8A" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7775F69D" w14:textId="0D2B05EA" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...58 lines deleted...]
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>full</w:t>
+              <w:t>community</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C3FB0F7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="0382DCED" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E621530" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23D3A8E8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A03974A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="44E0A02D" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2601F7DD" w14:textId="67994140" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...58 lines deleted...]
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>house</w:t>
+              <w:t>communicate</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08CB0FE9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="348EAA0F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="601ED3F2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B5C43B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D35D2B0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="12ED1139" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="786DA9F2" w14:textId="45DAB129" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...58 lines deleted...]
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>our</w:t>
+              <w:t>appreciate</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56095E58" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="221DB3AF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68830355" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0523CE04" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49A325C7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="756D3F02" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBA6796" w14:textId="1F647A20" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...58 lines deleted...]
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>your</w:t>
+              <w:t>interfere</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="107A2C3D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="2924C1F5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02318D07" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41FC01C9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BDD575B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="70BD14B4" w14:textId="736F415F" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5589E210" wp14:editId="25B26558">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5549900</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>481965</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3953510" cy="2416810"/>
+                <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="6613880" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3953510" cy="2416810"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="105BFA65" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="33A1B222" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="5D3B9A17" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="52935918" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="79CDC768" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="6667CAE1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Log onto Maths</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Whizz here</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">: </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="36DEFB5F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:hyperlink r:id="rId21" w:history="1">
+                              <w:r w:rsidRPr="00D76442">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                  <w:sz w:val="36"/>
+                                  <w:szCs w:val="36"/>
+                                </w:rPr>
+                                <w:t>www.mathswhizz.com</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5589E210" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251635712;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA9V73NPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2eiNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD1Xvc08AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="105BFA65" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="33A1B222" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="5D3B9A17" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="52935918" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="79CDC768" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="6667CAE1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Log onto Maths</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Whizz here</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">: </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="36DEFB5F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:hyperlink r:id="rId22" w:history="1">
+                        <w:r w:rsidRPr="00D76442">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                            <w:sz w:val="36"/>
+                            <w:szCs w:val="36"/>
+                          </w:rPr>
+                          <w:t>www.mathswhizz.com</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fast Maths</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="7117" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="09D1BD9C" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D03295" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>X </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3134E6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="70C7534A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="29D321C4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C314A0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DFB0F5A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="73889F46" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B532761" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="201AA41C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="391680EB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5C7A6F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="28A70357" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E63AF83" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61510403" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C13D59B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FF69871" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5242E790" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BBA6836" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="693CC4D8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B587B98" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C8A49FC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10454B9A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D71FA95" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="0F76017C" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A37F8F3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40563BAC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="473C1491" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66EDEBC5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="507AD063" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12994E6B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E621A4B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3497644C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EEF822A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="356154D5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72004578" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="7613843F" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D23B34F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DA2BF8F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="079B8CF8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="757BCC86" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="296226FE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="357EB0EC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58560E9F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="787BCF23" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40C668B4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16AB85F4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D3E9CD5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="1BD4D436" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C5622A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6053DA12" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BE1C533" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F56F524" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76074815" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10653DF3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1706518C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68731929" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="229927AB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68938291" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E04DE65" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="74DB7AB7" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EDDD756" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F9ACF2B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="610A5EB0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65DF7D5F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49D993E1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B0B0DEF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32225295" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69C6DFEA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D890048" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BDC8FB0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3781425B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="11E01A1D" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="22FFC0A2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="488DCDF5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0323184F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74683C2E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DD9945E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F1DBAE1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="329736AF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E19B575" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B533A32" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72EC7132" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73BF6DB1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="20730FE8" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D5672EC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58839DE7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C4D7C69" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53AAABA6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5587E189" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58E423A1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4337AFAE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A5B7808" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3218B23C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="787A6DC7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BD25E29" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="5DBB6823" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7935F5EB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="262832E1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F34BAFA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54F5EF79" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79F0C8F3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="255A03DF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09534394" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A5435C4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B9F9876" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64A8D529" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C066E1F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="74E8F0C6" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7996EE7D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E482134" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="202EA208" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="380AD417" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12773F44" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03C2BD11" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60DBF2D7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71000EC0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A42C420" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E6ADA83" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="444DBA18" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="7DD50D33" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2769D5C4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="223A8105" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="397454DD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3EE87708" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="772B3217" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F2D816F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FCB5A84" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="575C2F9A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="069B02E3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03CA6D13" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07C724A2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="71686020" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47E6992A" wp14:editId="748EC2EF">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>6248400</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1152525</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1102360" cy="698500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="283180092" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect t="17334" b="19334"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1102360" cy="698500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23D9537F" wp14:editId="6364EE99">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>7823200</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1063625</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1050925" cy="774700"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="729531333" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect t="12281" b="14035"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1050925" cy="774700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C3C9C8B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C4E5025" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73657880" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16CCB745" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="469F93C7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72F51E98" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40A39D3D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FD3F5EA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="618DFA28" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EC2BCCE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FD1F05F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23FF3592" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95"/>
+    <w:p w14:paraId="10B6D957" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95"/>
+    <w:p w14:paraId="51BC9407" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+        <w:br w:type="textWrapping" w:clear="all"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A87BDF0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2782"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="3119"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="34DA9E05" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="548E8185" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A0BA347" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B83E470" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDF6A16" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Write</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EF5C02E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="2DAE77CC" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41ED02A7" w14:textId="348D54B2" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...58 lines deleted...]
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>they</w:t>
+              <w:t>door</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00655B95">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D348540" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="3C8B9C88" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5300DB68" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62EE01FE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FCF459D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="03297354" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="193685D5" w14:textId="1AD6B9FF" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+              <w:t>floor</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB9031C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B9879D9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="63B934FE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5332DCB9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="614A86FD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="4D43157D" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="683A01B4" w14:textId="2E49ECBF" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>poor</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14604C55" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D5D1F9C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08928F7F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7997BD38" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="0CD2BA6A" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="219C37E6" w14:textId="20882210" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>find</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01194415" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41557EB8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07EB2F51" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6482E687" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="3F9A40D1" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B46212B" w14:textId="1AADA85F" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>kind</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C732BFD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="096B59B0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="765C6111" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5104C8DA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="258EC6C6" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB561CD" w14:textId="755D397B" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>behind</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1875C114" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="787CDA4E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68CFCB75" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BD41B7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="3331E068" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="716C63BB" w14:textId="0A675951" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>child</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="663AF9E9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F925EF2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D515B0F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="251F0C91" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="05457AEF" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B7AC56F" w14:textId="0359FD01" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>children</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B95">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF4EA05" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C2B296" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2549E622" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F0E5E54" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="285F64BB" w14:textId="6FF8F2C3" w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidRDefault="00D9204C" w:rsidP="00D9204C">
+    <w:p w14:paraId="285F64BB" w14:textId="705A95CA" w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidRDefault="00D76442" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/school-materials-clip-art-cartoon-open-book-free-png.png" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidSect="002831BC">
-      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="266C3070" w14:textId="77777777" w:rsidR="00CD1117" w:rsidRDefault="00CD1117" w:rsidP="008A3112">
+    <w:p w14:paraId="327E24AC" w14:textId="77777777" w:rsidR="005845EB" w:rsidRDefault="005845EB" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3184228F" w14:textId="77777777" w:rsidR="00CD1117" w:rsidRDefault="00CD1117" w:rsidP="008A3112">
+    <w:p w14:paraId="540716C4" w14:textId="77777777" w:rsidR="005845EB" w:rsidRDefault="005845EB" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant Std">
     <w:panose1 w:val="020B0503020103030203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44530A4A" w14:textId="77777777" w:rsidR="00CD1117" w:rsidRDefault="00CD1117" w:rsidP="008A3112">
+    <w:p w14:paraId="14BC173A" w14:textId="77777777" w:rsidR="005845EB" w:rsidRDefault="005845EB" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67876214" w14:textId="77777777" w:rsidR="00CD1117" w:rsidRDefault="00CD1117" w:rsidP="008A3112">
+    <w:p w14:paraId="6C261281" w14:textId="77777777" w:rsidR="005845EB" w:rsidRDefault="005845EB" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="216AEAA7" w14:textId="75063445" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
+  <w:p w14:paraId="216AEAA7" w14:textId="0E612CA2" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Name:                                                                                                     </w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">Year </w:t>
     </w:r>
-    <w:r w:rsidR="00A24715">
+    <w:r w:rsidR="00CF0360">
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve"> Homework</w:t>
     </w:r>
-    <w:r w:rsidR="00AF1B6C">
-[...3 lines deleted...]
-      <w:t xml:space="preserve">                                                             </w:t>
+    <w:r w:rsidR="00236F34">
+      <w:t xml:space="preserve">                                                                     </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00581694">
       <w:t>Date</w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">  </w:t>
     </w:r>
-    <w:r w:rsidR="0053772B">
-      <w:t>11</w:t>
+    <w:r w:rsidR="00D95597">
+      <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="00A24715">
-      <w:t>.1</w:t>
+    <w:r w:rsidR="00655B95">
+      <w:t>8</w:t>
     </w:r>
-    <w:r w:rsidR="00280A93">
-      <w:t>2</w:t>
+    <w:r w:rsidR="00B76DBE">
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="00E73152">
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="00D95597">
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00B76DBE">
       <w:t>.2</w:t>
     </w:r>
-    <w:r w:rsidR="000746B4">
-      <w:t>5</w:t>
+    <w:r w:rsidR="00655B95">
+      <w:t>6</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00191FC3">
-      <w:t xml:space="preserve">                                                                                                   </w:t>
+      <w:t xml:space="preserve">                                                                                                     </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="162"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A3112"/>
     <w:rsid w:val="00050781"/>
     <w:rsid w:val="00070338"/>
-    <w:rsid w:val="000746B4"/>
-    <w:rsid w:val="00076C31"/>
+    <w:rsid w:val="00080B13"/>
     <w:rsid w:val="000855F5"/>
-    <w:rsid w:val="00140A1F"/>
     <w:rsid w:val="00191FC3"/>
     <w:rsid w:val="001A4026"/>
     <w:rsid w:val="00203B2E"/>
     <w:rsid w:val="00236170"/>
+    <w:rsid w:val="00236F34"/>
     <w:rsid w:val="0024448A"/>
-    <w:rsid w:val="00280A93"/>
     <w:rsid w:val="002831BC"/>
     <w:rsid w:val="00290D26"/>
-    <w:rsid w:val="00370D04"/>
     <w:rsid w:val="00414FA5"/>
     <w:rsid w:val="004B43FB"/>
-    <w:rsid w:val="0053772B"/>
     <w:rsid w:val="00542415"/>
     <w:rsid w:val="00581694"/>
-    <w:rsid w:val="00680C38"/>
+    <w:rsid w:val="005845EB"/>
+    <w:rsid w:val="00640CB3"/>
+    <w:rsid w:val="00655B95"/>
     <w:rsid w:val="007358D7"/>
     <w:rsid w:val="00744AAC"/>
     <w:rsid w:val="00760A91"/>
-    <w:rsid w:val="0079186E"/>
     <w:rsid w:val="008A3112"/>
     <w:rsid w:val="008F64A6"/>
-    <w:rsid w:val="0093601E"/>
+    <w:rsid w:val="009639E5"/>
     <w:rsid w:val="009D5FA0"/>
-    <w:rsid w:val="00A24715"/>
     <w:rsid w:val="00A306B9"/>
     <w:rsid w:val="00A3648D"/>
-    <w:rsid w:val="00AC1791"/>
+    <w:rsid w:val="00A86478"/>
     <w:rsid w:val="00AF1B6C"/>
     <w:rsid w:val="00B10786"/>
+    <w:rsid w:val="00B47C9C"/>
     <w:rsid w:val="00B76DBE"/>
     <w:rsid w:val="00C471C5"/>
-    <w:rsid w:val="00C61E6F"/>
+    <w:rsid w:val="00CA6FFE"/>
     <w:rsid w:val="00CB2021"/>
-    <w:rsid w:val="00CD1117"/>
+    <w:rsid w:val="00CF0360"/>
     <w:rsid w:val="00D76442"/>
     <w:rsid w:val="00D9204C"/>
+    <w:rsid w:val="00D95597"/>
+    <w:rsid w:val="00DF4C94"/>
     <w:rsid w:val="00DF58D2"/>
     <w:rsid w:val="00E0142B"/>
+    <w:rsid w:val="00E4552A"/>
+    <w:rsid w:val="00E73152"/>
     <w:rsid w:val="00E73F0C"/>
     <w:rsid w:val="00EF4711"/>
-    <w:rsid w:val="00F0737C"/>
     <w:rsid w:val="00F33679"/>
     <w:rsid w:val="00F34682"/>
-    <w:rsid w:val="00F47EA0"/>
     <w:rsid w:val="00FA0E10"/>
+    <w:rsid w:val="00FF5AB5"/>
     <w:rsid w:val="012BC3B3"/>
     <w:rsid w:val="03A97258"/>
     <w:rsid w:val="3B171FC0"/>
     <w:rsid w:val="4A85361C"/>
     <w:rsid w:val="564D48B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -24498,273 +32229,50 @@
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
                     <w:div w:id="1723015635">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="657272110">
-[...221 lines deleted...]
-    </w:div>
     <w:div w:id="852647347">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1892227524">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -25219,281 +32727,203 @@
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1996951949">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1933976905">
+    <w:div w:id="2052873865">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="127355961">
+        <w:div w:id="821118144">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1492216192">
+            <w:div w:id="300119853">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="211426232">
+        <w:div w:id="374892111">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1018699939">
+            <w:div w:id="428547228">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1365669040">
+        <w:div w:id="806703745">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="2085254091">
+            <w:div w:id="236017741">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1900094045">
+        <w:div w:id="2119909098">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="934706955">
+            <w:div w:id="1348019766">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="449589186">
+        <w:div w:id="360135131">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1799060242">
-[...77 lines deleted...]
-            <w:div w:id="433943791">
+            <w:div w:id="763499295">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -25760,61 +33190,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69c57f59-3089-4884-9e50-743c5888dc96" xmlns:ns3="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="379b7807915f1599a11cf22581fecfd1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007477B128495CDE44B5707222EB9DED75" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8a6ee8d18b438cb602791b3a77178a4d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69c57f59-3089-4884-9e50-743c5888dc96" xmlns:ns3="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2f89298a0898d51ef21a6f957b4cbe5d" ns2:_="" ns3:_="">
     <xsd:import namespace="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <xsd:import namespace="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -26029,114 +33450,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="69c57f59-3089-4884-9e50-743c5888dc96">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9681D76D-D69D-4956-82F7-F2C1B023472D}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A5A0BA3-DCA1-4256-BDCB-0223097FE760}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4816D714-7ACA-4768-B5B3-4424C24E0734}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <ds:schemaRef ds:uri="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>2474</Characters>
+  <Pages>6</Pages>
+  <Words>585</Words>
+  <Characters>3339</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2902</CharactersWithSpaces>
+  <CharactersWithSpaces>3917</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>C.Pearce</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007477B128495CDE44B5707222EB9DED75</vt:lpwstr>