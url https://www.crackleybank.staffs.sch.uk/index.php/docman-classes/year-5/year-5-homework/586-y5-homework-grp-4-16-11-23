--- v4 (2026-01-09)
+++ v5 (2026-01-30)
@@ -330,51 +330,51 @@
                       <w:r w:rsidR="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r w:rsidR="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="17745327" w14:textId="026E3068" w:rsidR="008A3112" w:rsidRPr="00D76442" w:rsidRDefault="00DF4C94" w:rsidP="00B10786">
+                    <w:p w14:paraId="17745327" w14:textId="026E3068" w:rsidR="008A3112" w:rsidRPr="00D76442" w:rsidRDefault="00196E6F" w:rsidP="00B10786">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId10" w:history="1">
                         <w:r w:rsidR="008A3112" w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -388,1220 +388,3591 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r w:rsidR="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="6092" w:type="dxa"/>
+        <w:tblW w:w="7117" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1523"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1523"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="5517B1C8" w14:textId="60FE49B9" w:rsidTr="009639E5">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="5517B1C8" w14:textId="60FE49B9" w:rsidTr="008F64A6">
         <w:trPr>
-          <w:trHeight w:val="522"/>
+          <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="61DD1836" w14:textId="24EB7C07" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+          <w:p w14:paraId="61DD1836" w14:textId="24EB7C07" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA9F7A5" w14:textId="61B2AED8" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00D76442">
+          <w:p w14:paraId="3C44C321" w14:textId="523D0687" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00760A91" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA9F7A5" w14:textId="7C767C3F" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C90F15" w14:textId="770ED8F6" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B39A591" w14:textId="73BAE41D" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2661F019" w14:textId="1CAB26D9" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A09F7BF" w14:textId="67F17A1F" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2BDDCB" w14:textId="738BDD21" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="79C90F15" w14:textId="250C220D" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00D76442">
+          <w:p w14:paraId="32B0431B" w14:textId="79928C21" w:rsidR="008F64A6" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C431AE1" w14:textId="211243F4" w:rsidR="008F64A6" w:rsidRDefault="00E73F0C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="165F344C" w14:textId="785466E2" w:rsidR="008F64A6" w:rsidRDefault="00760A91" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="224F00A2" w14:textId="5D660546" w:rsidTr="008F64A6">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4845448B" w14:textId="1A66A47E" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29B930AC" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70897B5F" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14E27BDB" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73F81C79" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="650877FF" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A60E32D" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E7B6B13" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BD50CFA" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A042201" w14:textId="2F0B33F5" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DE53B14" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="07BEE92A" w14:textId="4E183047" w:rsidTr="008F64A6">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D193A27" w14:textId="061E4DFB" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C98CA43" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D7C76D6" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A8FBF1C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F30D760" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DE2951C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4700985D" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11BCAAE9" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F04C352" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="085989B5" w14:textId="175FBDE5" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1100EE9C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="623BFA41" w14:textId="6BCE8FD7" w:rsidTr="008F64A6">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3E6120" w14:textId="5F15F1FB" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36C12EE6" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35F42FEB" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="708B1E6D" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="016B174A" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36556B24" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0703162D" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C7D7405" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BCAB18A" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4375E868" w14:textId="04C6056C" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E711BA5" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="2A82F080" w14:textId="043E828E" w:rsidTr="008F64A6">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FBD6E81" w14:textId="20096A92" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FDBA086" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5171A951" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4470122E" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50E7CACD" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="346DAE09" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09AF20AB" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7719EAF3" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="137905F2" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45C6035A" w14:textId="6A09C28A" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D232D91" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="7B493594" w14:textId="7998056A" w:rsidTr="008F64A6">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7297BFB4" w14:textId="4CCF6F46" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="377976C0" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B9EDDAC" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49569D8A" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EF3069B" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E681F79" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EA7390F" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C094685" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20A6DA96" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="121A72F6" w14:textId="24E5D847" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5814A985" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="02545D9C" w14:textId="2BB83074" w:rsidTr="008F64A6">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6091FA54" w14:textId="31048B71" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="2661F019" w14:textId="35126401" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00D76442">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="683B9F59" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A6224E7" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="180CEC63" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="332D0B72" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52DB359C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10987A59" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57096C14" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28D6B08B" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24E32678" w14:textId="3C1C6836" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5427A383" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="286AC3AF" w14:textId="0FB8BC79" w:rsidTr="008F64A6">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1ABBE0" w14:textId="6CD54804" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75CFB8B6" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="409B77D4" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="706DF984" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11D9E04B" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0246A5A4" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E641D7C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="006418A7" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51E751BF" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0695ED37" w14:textId="4F3F7E91" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D23264E" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="224F00A2" w14:textId="5D660546" w:rsidTr="009639E5">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="28CA1546" w14:textId="08814898" w:rsidTr="008F64A6">
         <w:trPr>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4845448B" w14:textId="0AC0B28D" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+          <w:p w14:paraId="3DA5E5A0" w14:textId="12118252" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="650877FF" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1416F819" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63581D03" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DA8C998" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E6760D3" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E0A3024" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05A75708" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D24ED74" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="289BAD4F" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C1EBCF4" w14:textId="3237FAC2" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62CAA2EB" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="07BEE92A" w14:textId="4E183047" w:rsidTr="009639E5">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="66ACFE74" w14:textId="12D8F7F3" w:rsidTr="008F64A6">
         <w:trPr>
-          <w:trHeight w:val="522"/>
+          <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7D193A27" w14:textId="011AAE1F" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
-[...245 lines deleted...]
-          <w:p w14:paraId="6FBD6E81" w14:textId="5239D6EA" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+          <w:p w14:paraId="74F17273" w14:textId="447D5159" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="346DAE09" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22EF0FB8" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E6DFD61" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A7BA589" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A79EDF6" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C66B93C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6693B69D" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77C1EB8E" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E9DE24A" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="789FF6AA" w14:textId="77547874" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28ACF24E" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009639E5" w:rsidRPr="00D76442" w14:paraId="7B493594" w14:textId="7998056A" w:rsidTr="009639E5">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="5075CC1F" w14:textId="0DD869B0" w:rsidTr="008F64A6">
         <w:trPr>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7297BFB4" w14:textId="04622263" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+          <w:p w14:paraId="0B596064" w14:textId="10E592CA" w:rsidR="008F64A6" w:rsidRDefault="00AC1791" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-          </w:p>
-[...120 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="00076C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
-[...305 lines deleted...]
-          <w:p w14:paraId="0E0A3024" w14:textId="77777777" w:rsidR="009639E5" w:rsidRPr="00D76442" w:rsidRDefault="009639E5" w:rsidP="00D76442">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7ED3A3CE" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="184020FB" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F3DFC7F" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="380C80A2" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52AFA14A" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36CB76F0" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="369EB3F9" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="016B28AF" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07047128" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="425B4620" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="263E21A1" w14:textId="77777777" w:rsidR="00236F34" w:rsidRDefault="00D76442" w:rsidP="00191FC3">
+    <w:p w14:paraId="187F4AE3" w14:textId="77777777" w:rsidR="00290D26" w:rsidRDefault="00D76442" w:rsidP="00191FC3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B18EA31" wp14:editId="0D138ADC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="988320439" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
@@ -1710,1278 +4081,1361 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...85 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D58E540" w14:textId="6668B5F6" w:rsidR="002831BC" w:rsidRPr="00D76442" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t>Spellings – Look, cover, write and check. This week we are practising</w:t>
       </w:r>
       <w:r w:rsidR="00050781" w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> commonly confused words.</w:t>
       </w:r>
       <w:r w:rsidR="00F34682" w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002831BC" w:rsidRPr="009639E5" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="002831BC" w:rsidRPr="00076C31" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="009639E5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="00076C31" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009639E5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00076C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11D05BB1" w14:textId="3757E8F7" w:rsidR="002831BC" w:rsidRPr="009639E5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="11D05BB1" w14:textId="3757E8F7" w:rsidR="002831BC" w:rsidRPr="00076C31" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009639E5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00076C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="015A615B" w14:textId="06E6D04B" w:rsidR="002831BC" w:rsidRPr="009639E5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="015A615B" w14:textId="06E6D04B" w:rsidR="002831BC" w:rsidRPr="00076C31" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009639E5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00076C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="009639E5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="00076C31" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009639E5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00076C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07234843" w14:textId="25F6B893" w:rsidR="002831BC" w:rsidRPr="009639E5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="07234843" w14:textId="25F6B893" w:rsidR="002831BC" w:rsidRPr="00076C31" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009639E5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00076C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="009639E5" w14:paraId="4648E37F" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="00076C31" w:rsidRPr="00076C31" w14:paraId="4648E37F" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44FF7828" w14:textId="0FF67ED6" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="44FF7828" w14:textId="570B3D13" w:rsidR="00076C31" w:rsidRPr="00196E6F" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00655B95">
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00196E6F">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>you</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>particular</w:t>
             </w:r>
-            <w:r w:rsidRPr="00655B95">
+            <w:r w:rsidRPr="00196E6F">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17B1770B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="17B1770B" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E3092AD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="0E3092AD" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7877BABB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="7877BABB" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24438781" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="24438781" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="009639E5" w14:paraId="241BB8AB" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="00076C31" w:rsidRPr="00076C31" w14:paraId="241BB8AB" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68EA5080" w14:textId="26F1A053" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="68EA5080" w14:textId="73D74201" w:rsidR="00076C31" w:rsidRPr="00196E6F" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00655B95">
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00196E6F">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>your</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>popular</w:t>
             </w:r>
-            <w:r w:rsidRPr="00655B95">
+            <w:r w:rsidRPr="00196E6F">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="295A4BBC" w14:textId="3859C5D0" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="295A4BBC" w14:textId="3859C5D0" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="081837A7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="081837A7" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="009639E5" w14:paraId="4958301C" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="00196E6F" w:rsidRPr="00076C31" w14:paraId="2C533514" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43C265A2" w14:textId="09E9D424" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="610DD293" w14:textId="2A882E55" w:rsidR="00196E6F" w:rsidRPr="00196E6F" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00655B95">
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00196E6F">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>come</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>calendar</w:t>
             </w:r>
-            <w:r w:rsidRPr="00655B95">
+            <w:r w:rsidRPr="00196E6F">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13C1BE96" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="6A542E3C" w14:textId="77777777" w:rsidR="00196E6F" w:rsidRPr="00076C31" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AB945F4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="3A7EB606" w14:textId="77777777" w:rsidR="00196E6F" w:rsidRPr="00076C31" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00BD63BB" w14:textId="239183A7" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="2A19D22F" w14:textId="77777777" w:rsidR="00196E6F" w:rsidRPr="00076C31" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="3BA10BEC" w14:textId="77777777" w:rsidR="00196E6F" w:rsidRPr="00076C31" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="009639E5" w14:paraId="0138A8C4" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="00076C31" w:rsidRPr="00076C31" w14:paraId="4958301C" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="754C6928" w14:textId="360FC8E1" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="43C265A2" w14:textId="31583418" w:rsidR="00076C31" w:rsidRPr="00196E6F" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...5 lines deleted...]
-              <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>some</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00196E6F">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>peculiar</w:t>
             </w:r>
-            <w:r w:rsidRPr="00655B95">
+            <w:r w:rsidRPr="00196E6F">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F6B2490" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="13C1BE96" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C6653B3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="0AB945F4" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA5B406" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="00BD63BB" w14:textId="239183A7" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BF81449" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="009639E5" w14:paraId="71B68D79" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="00076C31" w:rsidRPr="00076C31" w14:paraId="0138A8C4" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75AF0D1D" w14:textId="3599F4B2" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="754C6928" w14:textId="48A16043" w:rsidR="00076C31" w:rsidRPr="00196E6F" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00655B95">
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00196E6F">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>said</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>arrive</w:t>
             </w:r>
-            <w:r w:rsidRPr="00655B95">
+            <w:r w:rsidRPr="00196E6F">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57970E4A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="0F6B2490" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="1C6653B3" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41A38841" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="1CA5B406" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39AEF005" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="1BF81449" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="009639E5" w14:paraId="5B27EC32" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="00076C31" w:rsidRPr="00076C31" w14:paraId="71B68D79" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="035E4F1A" w14:textId="6E4D324B" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="75AF0D1D" w14:textId="57E971F9" w:rsidR="00076C31" w:rsidRPr="00196E6F" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00655B95">
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00196E6F">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>here</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>appear</w:t>
             </w:r>
-            <w:r w:rsidRPr="00655B95">
+            <w:r w:rsidRPr="00196E6F">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="540D3A89" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="57970E4A" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8B8C6A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76966E89" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="41A38841" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="041B682C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="39AEF005" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="009639E5" w14:paraId="0CF7D4C7" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="00076C31" w:rsidRPr="00076C31" w14:paraId="5B27EC32" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75F4D145" w14:textId="228F5B16" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="035E4F1A" w14:textId="59A9486A" w:rsidR="00076C31" w:rsidRPr="00196E6F" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00655B95">
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00196E6F">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>there</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>disappear</w:t>
             </w:r>
-            <w:r w:rsidRPr="00655B95">
+            <w:r w:rsidRPr="00196E6F">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C0D29D2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="540D3A89" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="300A2A64" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="1A8B8C6A" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="110914A6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="76966E89" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2469E160" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="009639E5" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:p w14:paraId="041B682C" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00076C31" w:rsidRPr="00076C31" w14:paraId="14F040EB" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="259D0E76" w14:textId="1B9C396A" w:rsidR="00076C31" w:rsidRPr="00196E6F" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00196E6F">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>possess</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00196E6F">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1540859C" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="675262BF" w14:textId="17FC3BB7" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA3389D" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BFC936" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00076C31" w:rsidRPr="00076C31" w14:paraId="3D6179D8" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF72440" w14:textId="467AD368" w:rsidR="00076C31" w:rsidRPr="00196E6F" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00196E6F">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>possession</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00196E6F">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2736A3E3" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7639FFDF" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1A07FF" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B19063" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1BC4783A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00D9204C">
+    <w:p w14:paraId="78544102" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02FABD1E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00D9204C">
-[...13 lines deleted...]
-    <w:p w14:paraId="2A6E37D2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="7E54EEEB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B1C205B" wp14:editId="611233AD">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06933FF5" wp14:editId="5A09496F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1984114072" name="Text Box 3"/>
+                <wp:docPr id="1251397902" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="59F54239" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="0AF7F88C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="30FA7314" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="6606C5E2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="131D8F19" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="2CE263B1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="70077AD6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="0417490F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="6A004BE4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="0C5A6A11" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="286C561A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="03A3C8B3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5F2FE8FA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="3D57292F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId13" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="5B1C205B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="06933FF5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBDkmEuOgIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVV8RsoTgiXxY6KTnD1xXCPzDnn5lF7SAPuA/+CQ+pAGuC3qKkBPvrb/chH0eK&#13;&#10;UUoa1GJO3c89s4IS9U3jsG/TySSINzqT6ecROvY6sr2O6H29AiQqxc0zPJoh36uTKS3Ur7g2y/Aq&#13;&#10;hpjm+HZO/clc+W5DcO24WC5jEsrVMP+gN4YH6DCYQOtL+8qs6cfqURGPcFIty95Nt8sNX2pY7j3I&#13;&#10;Ko4+8Nyx2tOPUo/i6dcy7NK1H7Mufx6L3wAAAP//AwBQSwMEFAAGAAgAAAAhAILikRzkAAAAEAEA&#13;&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoU5SkSRqn4qdw6YmCOLuxa1uN15Ht&#13;&#10;puHtcU9wWWm0uzPztZvZDmSSPhiHDJaLDIjE3gmDisHX59tDBSREjoIPDiWDHxlg093etLwR7oIf&#13;&#10;ctpHRZIJhoYz0DGODaWh19LysHCjxLQ7Om95TNIrKjy/JHM70McsK6nlBlOC5qN80bI/7c+WwfZZ&#13;&#10;1aqvuNfbShgzzd/HnXpn7P5ufl2n8bQGEuUc/z7gypD6Q5eKHdwZRSADg2qVJ6DIYFXUQK4HeV2W&#13;&#10;QA4M8qIsgHYt/Q/S/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#13;&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#13;&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDkmEuOgIAAIQEAAAO&#13;&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAAAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="59F54239" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="0AF7F88C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="30FA7314" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="6606C5E2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="131D8F19" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="2CE263B1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="70077AD6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="0417490F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="6A004BE4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="0C5A6A11" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="286C561A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="03A3C8B3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5F2FE8FA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="3D57292F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId14" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -3021,3564 +5475,3569 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="63D4DE86" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="7E66CB28" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="61604F13" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="1B5EADBA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="46C6794C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="1A3B71E5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="472839F1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="758D0FF1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA981C5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="64E427B9" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD4D726" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="434E98B5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6D43AA84" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...119 lines deleted...]
-          <w:p w14:paraId="4B28C45B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="394531AB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="7601AA00" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="2E8F45C3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="38E3C520" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...39 lines deleted...]
-          <w:p w14:paraId="150E3186" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="49741F1C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="5C8E8D70" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="06DA43C7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="552EF99D" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="6799DAD9" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7869968A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="488CC1A1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05C12080" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="74AABD59" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="5AED2051" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55FDB3AB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00E284B6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D09E893" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="502C1A8E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4703A60B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7205DE2B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66290038" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DFA5410" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1777BCFC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="1BCC83DF" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="09403ECD" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="062AE6A9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="146DA5BB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36DFA714" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="77268516" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="4D7BA3D1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B485B33" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41DF77F0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="350905CF" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3630A4F3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0334D473" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CC6EEE9" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16C81DCB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="162BA142" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22D61069" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="5C0C06DF" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="75AE5A32" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0FEBC4A0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="00B5E9DC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62E2F3F5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="309EED8D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="5DD956EA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75E83F79" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69D802E9" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EF48B86" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26995638" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="638D6135" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41D7174E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73A5D822" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C619786" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06FEBD3C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="3B4CD2CB" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="139379BA" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="5470923F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="3CC7213B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DA750AD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="6C4201D2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="3E52B205" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05843EA4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D63BE5E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="368AFD1B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D1CD04D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="256FC522" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BEA74CE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C8FD94D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35905057" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C66ECB3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="316DFEA4" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="5E83330E" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0D3F992E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="1BB1A139" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BE42E9C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="35BD1226" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="0882DA95" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F083590" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18FB87F7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="049BE07B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AFF88AD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="682B4550" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F0F00A0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D97EFE9" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28DBAC2A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E689E07" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="153DD2B3" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="13C36931" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="63CEB450" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="6A4A88FC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BE85FFF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="5BA99ECC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="487610C6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="746E64FA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A24BDFC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E994D6D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A3C497B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55DBC953" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BC76697" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BB7AF35" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30C963F0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="390BC64E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="0023C479" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="4B8AC243" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7FC8E7A7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="4AA741E2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="596BEE92" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="08675B3C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="0D976714" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="045A13EE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EBB44A4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4144FD60" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EB935C1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="724FD379" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B70C928" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30E1FBA4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="687FA302" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="039D7B2B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="45402089" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="40870467" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="773507DB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="254B7389" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="487B5BB7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="0259ACA0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="5A9C1786" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="313F57D5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66194C49" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7390786A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="086869EE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28B486D6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30A57C23" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57980DA0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F4F94D4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B0D83D3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="0D9957EE" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="65F6745E" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="482CFA45" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="16C0B997" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0089F306" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="369502CE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="7A9C84FB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61A69B0D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F9723F4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="744B267F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0210D4B2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5ABC5C32" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0729D877" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B61FFBB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="299C931C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76C45B7B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="5777EBBC" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="44CB92AC" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4ECEF6B0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="3ADB2F90" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74DAA4BC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="0A00B04B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="05BC72FE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29943F49" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="374C9229" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F90030B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22D16FCD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57BAC4CB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="331C77DD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="662F2423" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="398A3E2A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="077F96DF" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E9B77DF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="50C6AA06" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12554DEA" wp14:editId="6D9ACA38">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31530057" wp14:editId="5840DB5A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1620766521" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="1429849667" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -6593,62 +9052,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="664CB9BB" wp14:editId="287E30A6">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B2BEC0E" wp14:editId="6F0B9F30">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="584724786" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1831707283" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -6670,1339 +9129,1254 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...85 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F3D62D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="70758457" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2782"/>
+        <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="2CE68AB8" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="056C6061" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="17ADE6E5" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6762E77A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="00076C31">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29BA2F86" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="5857267C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="00076C31">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66BDE9B1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="226C43DB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="00076C31">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EBB061E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="2E73F61C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="00076C31">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07E66613" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="31B569F0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="00076C31">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="703B0B6F" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="236487F1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="1AF91FBB" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="057F9658" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="009D1DFB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0062184C">
+            <w:r w:rsidRPr="009D1DFB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>accident</w:t>
+              <w:t>February</w:t>
             </w:r>
-            <w:r w:rsidRPr="0062184C">
+            <w:r w:rsidRPr="009D1DFB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62BFECE2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="0AB75576" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77EF8D1D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="365638C7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C058AC5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="24CD0AE1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BA97D5C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="69271262" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="1B194076" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="24329970" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="2CF1D79D" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62431283" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="009D1DFB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0062184C">
+            <w:r w:rsidRPr="009D1DFB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>accidentally</w:t>
+              <w:t>ordinary</w:t>
             </w:r>
-            <w:r w:rsidRPr="0062184C">
+            <w:r w:rsidRPr="009D1DFB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="443517C2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="422A13AA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43DD3E8D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="6341460F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19B56F3B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="5A299D77" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6078F343" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="098ACD47" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="664BAB79" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="32CAB0A8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="5672FE1F" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E96C10" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="009D1DFB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0062184C">
+            <w:r w:rsidRPr="009D1DFB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>actual</w:t>
+              <w:t>library</w:t>
             </w:r>
-            <w:r w:rsidRPr="0062184C">
+            <w:r w:rsidRPr="009D1DFB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24E7E2F1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="19E38D56" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF9FD15" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="49B1E8D2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="076EFE0D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="493D8C31" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4814F018" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="59380DB7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="3C3A6A97" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="7FFE2A3A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="58D174A7" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="148BC088" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="009D1DFB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>actually</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1DFB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>century</w:t>
             </w:r>
-            <w:r w:rsidRPr="0062184C">
+            <w:r w:rsidRPr="009D1DFB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54A6FB24" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="5065F001" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24FD6886" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="71B544F4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="289FAB5B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="522348BD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="107D9143" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="2EAA5D7E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="1DA80632" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="281805FD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="30C822FA" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76750840" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="009D1DFB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0062184C">
+            <w:r w:rsidRPr="009D1DFB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>occasion</w:t>
+              <w:t>history</w:t>
             </w:r>
-            <w:r w:rsidRPr="0062184C">
+            <w:r w:rsidRPr="009D1DFB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CAA7A4D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="02CA7A70" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7322A912" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="2CC7BF7B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13BD1439" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="06098C49" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57BD8BC6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="37577249" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="2DFED26C" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="520268C8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="12E8C166" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08F29D1A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="009D1DFB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0062184C">
+            <w:r w:rsidRPr="009D1DFB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>occasionally</w:t>
+              <w:t>busy</w:t>
             </w:r>
-            <w:r w:rsidRPr="0062184C">
+            <w:r w:rsidRPr="009D1DFB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="417A9879" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="5E819E79" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17382F4E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="2DA9725B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="617B728A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="5894E433" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57E6029B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="63035BE1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="7A90D2C2" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="23DB321B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="7967BA59" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="065026CC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="009D1DFB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0062184C">
+            <w:r w:rsidRPr="009D1DFB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>probably</w:t>
+              <w:t>business</w:t>
             </w:r>
-            <w:r w:rsidRPr="0062184C">
+            <w:r w:rsidRPr="009D1DFB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B1E0A7B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="4BED1130" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A84CDE7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="60B9374D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13DBD9C2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="3C8B6F26" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="743D9BD9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="4C33C70A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="7F2C21DD" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="20F25124" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="7F1C9529" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B64E1DE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="009D1DFB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0062184C">
+            <w:r w:rsidRPr="009D1DFB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>centre</w:t>
+              <w:t>decide</w:t>
             </w:r>
-            <w:r w:rsidRPr="0062184C">
+            <w:r w:rsidRPr="009D1DFB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1FA4E1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="0839CCF5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5804F433" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="2C78752C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="511925AA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="2433EC3B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CC6BC21" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="76FA65B4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="25810FC3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00D9204C">
+    <w:p w14:paraId="0B8B96B4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="032DFF65" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="377A39B6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C233BDF" wp14:editId="2EBCBECB">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58FB3FDF" wp14:editId="39CE4539">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="251129684" name="Text Box 3"/>
+                <wp:docPr id="1430313190" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="63468108" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="05212660" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="22D0FDE7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="63C9E014" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="46A95345" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="52A649BD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="68EC5B6D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="5067B5C5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="4E7C4AE0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="35B525CD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="11514AE5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="0177FE25" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="76B2ECA9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="735D8EA8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId15" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3C233BDF" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="58FB3FDF" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="63468108" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="05212660" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="22D0FDE7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="63C9E014" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="46A95345" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="52A649BD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="68EC5B6D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="5067B5C5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="4E7C4AE0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="35B525CD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="11514AE5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="0177FE25" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="76B2ECA9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="735D8EA8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId16" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -8042,3564 +10416,3569 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="75EF4353" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="323BDB13" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="16AB652A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="6704D2A2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="4854BAD3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="3F1170AF" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="759014D4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="1B1CCFA1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B56161A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="709AA947" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="785CEDB8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="20189F76" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="337C0399" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...119 lines deleted...]
-          <w:p w14:paraId="0099AA7E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="6BAA2FD5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="222E44D2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="7AF9E088" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6412E3BC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...39 lines deleted...]
-          <w:p w14:paraId="43B79886" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="5F27BFA9" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="75631A27" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="12F092C9" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="47BC5E9B" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="5F119E4C" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="76F6BC69" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="3D502844" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72A712AF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="35ACF83F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="472593AA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="079ECE3B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="725A6F5E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="126F635C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56437DCA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="763D7F27" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3043F407" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39F589EF" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BB9640D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3240127A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="1DF8A3D9" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="435E3B31" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2086325B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="41F2AA7E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5746A2ED" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="60970DC8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="1583784C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FAAAAE3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="016AB7E9" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="761E1944" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BBC4BAC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01B0088A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59443DC5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A028BC8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3EB940A3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63F183E8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="416025D2" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="585FA5D5" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="66B28EC7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="11118D76" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B1C450D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="06B0A2BF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="696CA65B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0836DDA2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BE14AE5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D031220" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09DB34CA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3984D0B9" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37480A8C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61C95F52" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="055AAB0E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0260D889" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="7C6AF87A" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="229406C0" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2097B81E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="6869C0B5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="777F0DAB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="39368A78" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="3C12D8EA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A1857D5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52EE6384" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E6C9054" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45E9A408" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F46A59E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="444C68A7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4257A8BB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37F0F483" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31E1129E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="4379619D" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="37CE3AB8" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2ECB6D30" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="23D3B4F1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D28907F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="1F0FFD69" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="0BD13614" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74145D67" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C5024D7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39A21FA7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BA51174" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="269B4311" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D68B84C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2572FC46" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4744D9E7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37684FE8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="38C60C22" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="500E0E9D" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="22A28DEB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="7DAF6A99" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="512B2798" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="769477D5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="4D9973E8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13005C95" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FEC76AE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D91ADAD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58C0B617" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74166DF0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B848B5F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46E386AA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21B208B8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46052FF8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="5ADC337F" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="2A926EE6" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="20CC4174" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="46538EDA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56F7D575" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="2AA6C4E4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="0E9C17AA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15449FC4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04B1CEDD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3459B1A7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70012470" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76DFD58B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04103541" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CD7A68C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="781D41F1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1577A8C6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="6128A7C0" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="21CBA750" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB072B7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="4EB54585" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="282DBFAE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="1F3C2373" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="1B38E299" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7059D4E8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4149B381" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43783301" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="754990B7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2241B724" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E1BA0E4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14F8293E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F52DDE8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7917D176" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="7D8D0F3B" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="5E822DC4" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6FB85AB2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="1CDE5CE4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E7C58BA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="60782E17" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="199E4C7B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68E8C041" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="442478F2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4640B501" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B6CC014" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56119B80" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C876E57" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72A0EE92" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22ED57B1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0649F680" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="6818DC1B" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="782E8545" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="278E3356" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="4322AAEB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1554291C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="5D3F7FDB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="2403D6BC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4251AA36" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51FBB122" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FC7452F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AB60220" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="137C6E9A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27ABCFC8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="054EEA3A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F7C59E2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20911064" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1CC0F910" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="2BBBAA12" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19F030FD" wp14:editId="2E941913">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3942752C" wp14:editId="4595EE2E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1564127045" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="1720025190" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -11614,62 +13993,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0292CC77" wp14:editId="54BAAD8C">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23DF2258" wp14:editId="42355652">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1056465213" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1954587248" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -11691,1411 +14070,1356 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...85 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="024F94E7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="59782DB5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2782"/>
+        <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="31B50B15" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="421006A2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="7EE1F677" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="727E694B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="00076C31">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BDB4ED7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="769A5BB4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="00076C31">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="276C84B8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="1ABCF32B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="00076C31">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="092C4F01" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="5DC965F4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="00076C31">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03DF89C5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="1259175D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="00076C31">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="7CBA6231" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="0976E72B" w14:textId="5BEE1083" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="2ADC3CBA" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB92F76" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00FF0F4D" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0F4D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...3 lines deleted...]
-              <w:t>describe</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>attached</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00FF0F4D">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="318F1B7D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="045EA1DB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A1E4D18" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="3D73F5D2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="578084E2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="24AA5A06" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7876B2E8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="364C5EC3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="7FF4934C" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="1555F202" w14:textId="27D26D8A" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="5A287994" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1275E6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00FF0F4D" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0F4D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...3 lines deleted...]
-              <w:t>famous</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>determined</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00FF0F4D">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D31E21D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="0541D997" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DBC2C88" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="4A4531F3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57052782" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="5B9A04AD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BC998B7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="3EB2530A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="37A943C7" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="64C3BD53" w14:textId="609C7354" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="5191D5DA" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCCFF86" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00FF0F4D" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0F4D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...3 lines deleted...]
-              <w:t>favourite</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>equip</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00FF0F4D">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4442F697" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="1C73B2F0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57FAC5BD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="1DA47350" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A80B70E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="48E87A89" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46FB744B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="19B1B5A2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="0CC37968" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="7399FDA9" w14:textId="644ABD7E" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="00984A21" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62C5E968" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00FF0F4D" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0F4D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...3 lines deleted...]
-              <w:t>forward</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>equipped</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00FF0F4D">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75A52A76" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="5D98131F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C5AEAA0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="2E226C06" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26E7DC69" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="7996DAE6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27FF6B48" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="2B5896A7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="7D74EF60" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="421552DD" w14:textId="1F7E74D7" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="6B97A7F3" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D609613" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00FF0F4D" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0F4D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...3 lines deleted...]
-              <w:t>forwards</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>equipment</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00FF0F4D">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4718B815" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="2D6A38B0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A5AE8A1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="5F0D7873" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9B2AA7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="22D2BCAE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57C00B0E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="099D1E14" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="242EB324" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="0A10272C" w14:textId="4A9C3243" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="3C868986" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34130871" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00FF0F4D" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0F4D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...3 lines deleted...]
-              <w:t>fruit</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>lightning</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00FF0F4D">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28BB68AD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="5937B7EF" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38AB7656" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="49982058" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24E791A4" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="6C1DA59C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62CB1698" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="4867431D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="0620EA1C" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="2E9B3177" w14:textId="0BA74DF0" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="399DF2EE" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1056B94B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00FF0F4D" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0F4D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...3 lines deleted...]
-              <w:t>group</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>shoulder</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00FF0F4D">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12C55D5A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="6A0F1D07" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="389B053C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="60D98AE1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E24A9D6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="14B1C4D0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F9444D1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="02D828B2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="44DBB7B4" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="37C1E207" w14:textId="53DCB011" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="121E504A" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7D6C20" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00FF0F4D" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0F4D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...3 lines deleted...]
-              <w:t>imagine</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>soldier</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00FF0F4D">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="240906AE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="15AA0C67" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0951F66A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="37AA79CD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2866F2A3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="220F71A9" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10771E8D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="45881F1C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="2DEAF22A" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFAD590" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00FF0F4D" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0F4D">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF0F4D">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44DFD55F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A09721B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="376B526C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B45C031" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3F1342BC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00D9204C">
+    <w:p w14:paraId="29591159" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D9204C" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/school-materials-clip-art-cartoon-open-book-free-png.png" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7BD4D4D9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="46D51691" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61284F9E" wp14:editId="62834207">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EF3C514" wp14:editId="28DC695B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="520612642" name="Text Box 3"/>
+                <wp:docPr id="961842814" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="60F3F1E6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="0992A6AB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0993E8F6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="5A109455" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="0A5CE822" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="49177325" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="29420DC3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="23A92C5B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="6616A829" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="2C1777B3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="0E3E2130" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="1B57E34C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="008BDE52" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="15B7A936" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId17" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="61284F9E" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="3EF3C514" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="60F3F1E6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="0992A6AB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0993E8F6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="5A109455" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="0A5CE822" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="49177325" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="29420DC3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="23A92C5B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="6616A829" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="2C1777B3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="0E3E2130" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="1B57E34C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="008BDE52" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="15B7A936" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId18" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -13135,3564 +15459,3569 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="35218D21" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="1E34AB68" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2EF676F1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="77CF9B6E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="403DBF36" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="728AB43C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="1BDD5548" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="4E314394" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="52FA6041" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4B6F22" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF35D2A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="154A1117" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="151D7CC2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...119 lines deleted...]
-          <w:p w14:paraId="770A9646" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="557E6A5C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6C33F14A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="6DC31E71" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="1FBC9973" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...39 lines deleted...]
-          <w:p w14:paraId="2157841B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="7173B8C7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="3573C38B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="7F84A180" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="615FA8D8" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="7D1C8C47" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="632FF876" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="65A06AA7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="425BC007" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="33F88DAB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="56287982" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69CA5F31" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13B2DB61" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F96E663" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B114F1C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1214DBA3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="453AB66F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78759F55" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="536E6601" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D4C2461" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="3ED93EEB" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="68592A2C" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2DDD4A80" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="4B3E8757" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D7FD6C9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="2B9CF113" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="38DADEB6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F9EB83F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="470F1158" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2819293F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68502C47" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66BF8A30" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D2550F1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B9F10E7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20586894" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AB0B693" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="3ED401E4" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="047CF29C" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2F4F8F1F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="3FB3D518" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A325242" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="29370553" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="7102BDE7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="113C2C00" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C70B0D3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A3C6AAB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AD4D7B3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72639CA1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="727CCBF0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38A8B557" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B41ADE3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61B8AACA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="3A42F62A" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="429F001B" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="66595F44" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="4873FB60" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DA8B2EF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="418F8736" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="247F6E43" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47B5D8C1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26494AD8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64C8F511" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C6E7AA6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0563F43F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="669DC25E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D3673CD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D056FA4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1498BD33" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="3AB54381" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="0943BD72" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="35EA710A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="68D3D696" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DFF66EB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="62C5009C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="21DC1CF9" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14504631" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66A16F16" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A2F7C0D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AB6EF7D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="070E766A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50E1787B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74D7D475" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16FE7B2D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BC82BC3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="06551713" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="2B47CE1E" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="56EB75BE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="06C77D95" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2210D79C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="360F5C4F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="2E297554" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0786D3D6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A7974AF" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="007E4368" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06EC9A7E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DEF7F9C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27FF4C9E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="082B0977" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7616D951" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="659BF661" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="50E1E039" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="582F0E79" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0962D540" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="7CBB176E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F9BA535" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="07011DD3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="307EE28E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EC6245A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="626D3E1A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13F44822" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D800E48" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54B09009" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="149285BC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54213651" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="192DA409" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06FAA23F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="0A6C63E0" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="0CC9037E" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0463C9DF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="204B0BA7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0344175A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="20AC3B51" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="7A0ADB62" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D8F3704" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A3E4408" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51C4CDDB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="061A3A6E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="374048B5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38320AD1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72D5BD34" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CC86676" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F0F6600" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="1EBB9527" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="51C3869F" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7B404CDB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="1697A50F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CD16E82" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="6830445D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="52A3F156" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="766E559E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01D78564" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4424EB86" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="576C553D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="720EE2AB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="401AAE56" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A9EE897" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D4DD069" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D4100AB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="4E63887A" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="18008B17" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1D55CC31" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="55106E2F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F87312A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="692F15C8" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="725FD48B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6169BFAC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30EB07F8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="439D90CE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EC91544" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="534190CB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="155C9357" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B8D310C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="129F54EE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0589F173" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5B777C99" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="67E4C1AD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6088FA61" wp14:editId="01FA5467">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AC2A0C6" wp14:editId="079EA82C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1376859734" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="240493117" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -16707,62 +19036,2747 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B849BE0" wp14:editId="295CE3E1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CA64419" wp14:editId="418F620D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1689604764" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="349605770" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect t="12281" b="14035"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1050925" cy="774700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+        <w:br w:type="textWrapping" w:clear="all"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE6FF42" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="3119"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="58A27D46" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31DB7905" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00076C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBE79D3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00076C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="655478A7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00076C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A5992C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00076C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Write</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF22C84" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00076C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="0C7EEE3E" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CACBE8B" w14:textId="2445251B" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>opportunity</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A16CBB7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1791F0A4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C99027" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53AC1A6F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="34A12A81" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C8672CC" w14:textId="0F6CC352" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>curiosity</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CEEF7BE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06A302A1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36A87C5B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78B78CCA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="6C6C8246" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25E859C7" w14:textId="11BB3C59" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>secretary</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC8E2A2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EAB5BA8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE83113" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CAF4EBC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="4E565DA7" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19CE9A90" w14:textId="3CB552D4" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>dictionary</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="260C45C7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FDDB75D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D03CFB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC04CFD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="48895DAC" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62539E0B" w14:textId="4E96588D" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>necessary</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE2E5B0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="679254AC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73C72C1D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF44860" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="5889DF78" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58DB5E4F" w14:textId="5CFA1AFE" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>amateur</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72BDD9D5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="785AB81C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B56146A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="405A054B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="2EF840A2" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C4ED489" w14:textId="34A42FDA" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>available</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="373C72B9" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2509ECB7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08CAE33A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7BEB21" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="7D95E3F8" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04D4530F" w14:textId="22EE9653" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>relevant</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60830F82" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF6DCC0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F7F6226" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E5590B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="693CA08B" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A578D49" w14:textId="2F9AD4D6" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>restaurant</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD434D1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66FADCD0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F5FBD1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37CA5C1D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="55E7F6CC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D9204C" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/school-materials-clip-art-cartoon-open-book-free-png.png" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B42C8E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1414E242" wp14:editId="0038CA68">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5549900</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>481965</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3953510" cy="2416810"/>
+                <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1397064568" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3953510" cy="2416810"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="21B9733D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6286BB1B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="65C4F3BE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="4FC7A04E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="385DB9D6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="7EAF16FD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Log onto Maths</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Whizz here</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">: </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1E11D65B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:hyperlink r:id="rId19" w:history="1">
+                              <w:r w:rsidRPr="00D76442">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                  <w:sz w:val="36"/>
+                                  <w:szCs w:val="36"/>
+                                </w:rPr>
+                                <w:t>www.mathswhizz.com</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1414E242" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="21B9733D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6286BB1B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="65C4F3BE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="4FC7A04E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="385DB9D6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="7EAF16FD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Log onto Maths</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Whizz here</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">: </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1E11D65B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:hyperlink r:id="rId20" w:history="1">
+                        <w:r w:rsidRPr="00D76442">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                            <w:sz w:val="36"/>
+                            <w:szCs w:val="36"/>
+                          </w:rPr>
+                          <w:t>www.mathswhizz.com</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fast Maths</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="6972" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="1743"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="0E061403" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="081E2C1D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>X </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="088F16ED" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="746F3306" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="69055E78" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="1502F828" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="476"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A3A7894" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5030962A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72FD9F46" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06D42E5A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="6FDA1548" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF6D89F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71E1072D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60DD4B1F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2497D52E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="1CDF3890" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="476"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6F679D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78E6C0A2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4778F572" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="066CF427" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="6DA7569F" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A89AF39" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F13FF6A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D3A59F4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5299B451" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="043DD43F" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="476"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="47B311BD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BBC62CA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4526C523" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B659CD0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="55825CDB" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="530431F4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62FD38E7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="277CD8E6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B99C75E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="5A63564E" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="476"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="05311335" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46BA7CF8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B591014" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22CAD53D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="48C896DB" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FF2E3AD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1415288F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AC1BF15" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45CC46E5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="52503D54" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1DB9B5C0" wp14:editId="787E428B">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>6248400</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1152525</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1102360" cy="698500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1002389018" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect t="17334" b="19334"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1102360" cy="698500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1ECBB4C7" wp14:editId="07E2E786">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>7823200</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1063625</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1050925" cy="774700"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="2143509924" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -16785,5023 +21799,2466 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11F3CFFA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="6B4D9D53" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="517E6DDB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="1B9962E1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A4941B2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="6673109A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="676A5361" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="6750CCFE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="750DAAE5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="21D51F71" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2861FA4B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="0823EC80" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51CBE6B0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="653491B0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="165DC6CE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="2CC5E6B4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26A090A6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="3F305218" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78D9F28A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="3BCA403B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04"/>
+    <w:p w14:paraId="590EE548" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
-        <w:rPr>
-[...15 lines deleted...]
-        <w:ind w:firstLine="720"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="164881EF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="2B7EF0CC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2782"/>
+        <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="1E572121" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="76AD7C92" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="0096074E" w14:paraId="33D27E74" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FE87C54" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="0096074E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7890E991" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="54F68186" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="0096074E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A5D5B88" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="0FD3D7CF" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="0096074E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8D53FD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="4D0AE9C7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="0096074E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ADBD3BF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="36B75F5F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="0096074E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="27A22FA3" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="0F9EA132" w14:textId="11254BF6" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="0096074E" w14:paraId="21A5AA96" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D49F1CC" w14:textId="0F7FB8E0" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...3 lines deleted...]
-              <w:t>accommodate</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>put</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="539AA31A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="08CDE7CB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E6FEF2A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="5E421190" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57370C7A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="27A8B1B5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75E685A6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="0DB631EB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="1E66BA15" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="140A3D22" w14:textId="4D88685F" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="0096074E" w14:paraId="70C6712C" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B8E0864" w14:textId="17D78180" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...3 lines deleted...]
-              <w:t>accompany</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>push</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67D80EAD" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="42E4E49B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66B7EE11" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="6222E6F2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3934FF9B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="7002CD8B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="413EB9B2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="36944276" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="2FAEE4E9" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="65FD77FE" w14:textId="24A9E4CB" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="0096074E" w14:paraId="1C7A37C8" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F089B1" w14:textId="41D7F76A" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...3 lines deleted...]
-              <w:t>according</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>pull</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47F1263C" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="31DF0393" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0954B945" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="5398E1B0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12544E02" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="2B16FB20" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47415035" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="2BACBA77" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="550041E6" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="63908872" w14:textId="36B2199C" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="0096074E" w14:paraId="50EEEFDA" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17BAB140" w14:textId="27ABA87E" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...3 lines deleted...]
-              <w:t>according</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>full</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ACF7A65" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="702EA390" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44974DA2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="4845B7CF" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B8A0AA0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="35A95AA3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79C6A6F7" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="3D070245" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="13EC4455" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="05ECEB40" w14:textId="691CB534" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="0096074E" w14:paraId="4978BD30" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79744F6A" w14:textId="640B51E7" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...3 lines deleted...]
-              <w:t>achieve</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>house</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D09AFCB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="7E1791CF" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27A9EBC5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="6941BF96" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CC6A322" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="1A5FD468" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6D1C87" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="6964575F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="7DC4654A" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="6A0629D2" w14:textId="4BD1678E" w:rsidR="00655B95" w:rsidRPr="0062184C" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="0096074E" w14:paraId="3B48F24F" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37FEC6EF" w14:textId="21520414" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...3 lines deleted...]
-              <w:t>conscious</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>our</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="097F5F4B" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="44229943" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76777957" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="7E5E8264" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6076E82E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="0ABD3B7B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB60400" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="189F889F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="3E3C6A29" w14:textId="77777777" w:rsidTr="00C34503">
-[...198 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E3165C3" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00D9204C">
-[...6 lines deleted...]
-    <w:p w14:paraId="1EF03D38" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="4BFCDA20" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63C957FF" w14:textId="3205ADFB" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="0ECBDBE2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AA78489" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5459A8AA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="606805A0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ED86ABD" w14:textId="5BB596D3" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B1720CA" wp14:editId="4151E955">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15DAB448" wp14:editId="0242FDA9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="18821506" name="Text Box 3"/>
+                <wp:docPr id="123140551" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2819D284" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="4B2C7B9B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="01ADE248" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="048EBD75" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="06CE8CD9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="7306E44D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3CFE0626" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="6A716404" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="783EBBCE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="1B16EC02" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="19B7C0DB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="5968DA8C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="396E3E24" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                          <w:p w14:paraId="26951430" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:hyperlink r:id="rId19" w:history="1">
+                            <w:hyperlink r:id="rId21" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7B1720CA" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="15DAB448" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251635712;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA9V73NPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2eiNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD1Xvc08AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="2819D284" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="4B2C7B9B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="01ADE248" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="048EBD75" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="06CE8CD9" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="7306E44D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3CFE0626" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="6A716404" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="783EBBCE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="1B16EC02" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="19B7C0DB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="5968DA8C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="396E3E24" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+                    <w:p w14:paraId="26951430" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:hyperlink r:id="rId20" w:history="1">
+                      <w:hyperlink r:id="rId22" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="7117" w:type="dxa"/>
+        <w:tblW w:w="6972" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="647"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="1743"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00D76442" w14:paraId="78CC34BE" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="4CC08D53" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
-          <w:trHeight w:val="409"/>
+          <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="3E41CA1F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="3F839998" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="7CF3E418" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="36A83A41" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="33826EF2" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="6ECFA7E0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F683B88" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="7460F371" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="476"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="11FA767B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="2DE707EA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50A0118B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27CDD891" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EF9E8B4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="3F8B0782" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="46681CC7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="13277939" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2324D955" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57B25FF4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7117F7D1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="6633BE92" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="476"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="53ABE65C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="6C6231AF" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04B132FD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CFDC60A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EA334F7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="50AEECE9" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A22D4E2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">11 </w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="0E18E656" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="554DC6E1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23D38B58" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05956E23" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="15455D7A" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="476"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C38953" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25781776" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B28C956" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36C095F3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="0481F153" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="211FCEC4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="6C4929F6" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C4BE694" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66D9B080" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48551E8D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="5272A776" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="476"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0813B86D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7796D4B5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="706B1CE9" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58410BE8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="0E0C3FCC" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="138F2E17" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...3151 lines deleted...]
-          <w:p w14:paraId="7C981856" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76E7E21F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38DAC130" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B3226EE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4E3AFA11" w14:textId="77777777" w:rsidR="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="06F82597" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E7136C5" wp14:editId="584F1C0D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F09E527" wp14:editId="19A9022F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="12807992" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="1768533792" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -21816,62 +24273,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DF3FB8E" wp14:editId="440678D0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03C5769B" wp14:editId="4963CE42">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1820647680" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="419235205" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -21894,6282 +24351,1245 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47984234" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="78C6D955" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3730B18A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="7F8C9D04" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6217BD25" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="5070AE7E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43C00F41" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="0DE30459" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A161026" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="592A8560" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B764BFB" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="4F4B92CF" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="044DD5A5" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="214BEE5C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3909DF5A" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="79040D1F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4ACA5351" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="2B7845F7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EEB192D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00236F34" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="4020D731" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04"/>
+    <w:p w14:paraId="46EC510F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
-        <w:rPr>
-[...15 lines deleted...]
-        <w:ind w:firstLine="720"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AC7C9CE" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+    <w:p w14:paraId="72EE999E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2782"/>
+        <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="4813DA4C" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="4D95BC07" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="0096074E" w14:paraId="7995ED52" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46883530" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="0096074E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="045B2A5E" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="726D56C4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="0096074E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3875191D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="67A67F5B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="0096074E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F513384" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="7970C44F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="0096074E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="693241D1" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00C34503">
+          <w:p w14:paraId="76280D5F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
+            <w:r w:rsidRPr="0096074E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="47AC8787" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="3CAA7A9D" w14:textId="4FA71E79" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="0096074E" w14:paraId="5525A00A" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07BE4DB7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00E857DB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00655B95">
+            <w:r w:rsidRPr="00E857DB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>every</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E857DB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB820C0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74CD3339" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F330ADD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6434B58C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="0096074E" w14:paraId="494EAC0A" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7973DB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00E857DB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E857DB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>everybody</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E857DB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="115E5255" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A893C13" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD2A3C2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04E110D0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="0096074E" w14:paraId="6FB119FD" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2AE97A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00E857DB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E857DB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>even</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E857DB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B4BD21A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76C7EEAF" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F1C9519" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3690E515" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="0096074E" w14:paraId="20D565D5" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="783EE40F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00E857DB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E857DB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>great</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E857DB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FC01BE5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27FAF131" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6103A5D6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63FDF60E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="0096074E" w14:paraId="3D26EA7C" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35B061B0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00E857DB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E857DB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>break</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E857DB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AA07773" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="091360CE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47757323" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FCED74F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="0096074E" w14:paraId="5F6F7267" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18FE6965" w14:textId="7A1E3284" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>ancient</w:t>
+              <w:t>steak</w:t>
             </w:r>
-            <w:r w:rsidRPr="00655B95">
+            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="732EAD2D" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="731E1311" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60B696E0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="63CE6909" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57C6EF0F" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="00A073D6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05CDEA92" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="26888BFF" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="2056DC3F" w14:textId="77777777" w:rsidTr="00C34503">
-[...4 lines deleted...]
-          <w:p w14:paraId="40D8317E" w14:textId="5C83DB59" w:rsidR="00655B95" w:rsidRPr="00655B95" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+      <w:tr w:rsidR="00075F04" w:rsidRPr="0096074E" w14:paraId="45DE5900" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5184CAAC" w14:textId="7384F440" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00655B95">
+              <w:t>pretty</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075F04">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E600445" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7490B875" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F016832" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24074492" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00075F04" w:rsidRPr="0096074E" w14:paraId="3F28CF65" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E09252B" w14:textId="4E9B36A8" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>apparent</w:t>
+              <w:t>beautiful</w:t>
             </w:r>
-            <w:r w:rsidRPr="00655B95">
+            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40EF7462" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="3FE3F076" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D50A3A0" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="268CB2DD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59A20AAA" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="7EB69382" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="387FF7EC" w14:textId="77777777" w:rsidR="00655B95" w:rsidRPr="00001043" w:rsidRDefault="00655B95" w:rsidP="00655B95">
+          <w:p w14:paraId="3D45F084" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="0096074E" w:rsidRDefault="00075F04" w:rsidP="00075F04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00655B95" w:rsidRPr="00001043" w14:paraId="5D9F7A92" w14:textId="77777777" w:rsidTr="00C34503">
-[...545 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="70BD14B4" w14:textId="736F415F" w:rsidR="00655B95" w:rsidRPr="00D76442" w:rsidRDefault="00655B95" w:rsidP="00655B95">
-[...5014 lines deleted...]
-    <w:p w14:paraId="285F64BB" w14:textId="705A95CA" w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidRDefault="00D76442" w:rsidP="00D9204C">
+    <w:p w14:paraId="285F64BB" w14:textId="7B8DD75A" w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidRDefault="00D76442" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/school-materials-clip-art-cartoon-open-book-free-png.png" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidSect="002831BC">
       <w:headerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="327E24AC" w14:textId="77777777" w:rsidR="005845EB" w:rsidRDefault="005845EB" w:rsidP="008A3112">
+    <w:p w14:paraId="3DC73DB2" w14:textId="77777777" w:rsidR="00F84102" w:rsidRDefault="00F84102" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="540716C4" w14:textId="77777777" w:rsidR="005845EB" w:rsidRDefault="005845EB" w:rsidP="008A3112">
+    <w:p w14:paraId="6F73A097" w14:textId="77777777" w:rsidR="00F84102" w:rsidRDefault="00F84102" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant Std">
     <w:panose1 w:val="020B0503020103030203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="14BC173A" w14:textId="77777777" w:rsidR="005845EB" w:rsidRDefault="005845EB" w:rsidP="008A3112">
+    <w:p w14:paraId="35E02BC1" w14:textId="77777777" w:rsidR="00F84102" w:rsidRDefault="00F84102" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C261281" w14:textId="77777777" w:rsidR="005845EB" w:rsidRDefault="005845EB" w:rsidP="008A3112">
+    <w:p w14:paraId="0EE0F05E" w14:textId="77777777" w:rsidR="00F84102" w:rsidRDefault="00F84102" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="216AEAA7" w14:textId="0E612CA2" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
+  <w:p w14:paraId="216AEAA7" w14:textId="19F487BB" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Name:                                                                                                     </w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">Year </w:t>
     </w:r>
-    <w:r w:rsidR="00CF0360">
+    <w:r w:rsidR="009B1055">
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve"> Homework</w:t>
     </w:r>
-    <w:r w:rsidR="00236F34">
-      <w:t xml:space="preserve">                                                                     </w:t>
+    <w:r w:rsidR="00AF1B6C">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00FF0F4D">
+      <w:t xml:space="preserve">                                                                </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00581694">
       <w:t>Date</w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">  </w:t>
     </w:r>
-    <w:r w:rsidR="00D95597">
-[...3 lines deleted...]
-      <w:t>8</w:t>
+    <w:r w:rsidR="00075F04">
+      <w:t>29</w:t>
     </w:r>
     <w:r w:rsidR="00B76DBE">
       <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00E73152">
-[...3 lines deleted...]
-      <w:t>1</w:t>
+    <w:r w:rsidR="00D33F82">
+      <w:t>01</w:t>
     </w:r>
     <w:r w:rsidR="00B76DBE">
       <w:t>.2</w:t>
     </w:r>
-    <w:r w:rsidR="00655B95">
-      <w:t>6</w:t>
+    <w:r w:rsidR="00D33F82">
+      <w:t>5</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">                                                                                                     </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="162"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A3112"/>
     <w:rsid w:val="00050781"/>
     <w:rsid w:val="00070338"/>
-    <w:rsid w:val="00080B13"/>
+    <w:rsid w:val="00075F04"/>
+    <w:rsid w:val="00076C31"/>
     <w:rsid w:val="000855F5"/>
     <w:rsid w:val="00191FC3"/>
+    <w:rsid w:val="00196E6F"/>
     <w:rsid w:val="001A4026"/>
     <w:rsid w:val="00203B2E"/>
     <w:rsid w:val="00236170"/>
-    <w:rsid w:val="00236F34"/>
     <w:rsid w:val="0024448A"/>
     <w:rsid w:val="002831BC"/>
     <w:rsid w:val="00290D26"/>
     <w:rsid w:val="00414FA5"/>
     <w:rsid w:val="004B43FB"/>
     <w:rsid w:val="00542415"/>
     <w:rsid w:val="00581694"/>
-    <w:rsid w:val="005845EB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00655B95"/>
     <w:rsid w:val="007358D7"/>
     <w:rsid w:val="00744AAC"/>
     <w:rsid w:val="00760A91"/>
     <w:rsid w:val="008A3112"/>
     <w:rsid w:val="008F64A6"/>
-    <w:rsid w:val="009639E5"/>
+    <w:rsid w:val="009B1055"/>
     <w:rsid w:val="009D5FA0"/>
     <w:rsid w:val="00A306B9"/>
     <w:rsid w:val="00A3648D"/>
     <w:rsid w:val="00A86478"/>
+    <w:rsid w:val="00AC1791"/>
     <w:rsid w:val="00AF1B6C"/>
     <w:rsid w:val="00B10786"/>
     <w:rsid w:val="00B47C9C"/>
     <w:rsid w:val="00B76DBE"/>
     <w:rsid w:val="00C471C5"/>
-    <w:rsid w:val="00CA6FFE"/>
     <w:rsid w:val="00CB2021"/>
-    <w:rsid w:val="00CF0360"/>
+    <w:rsid w:val="00D33F82"/>
     <w:rsid w:val="00D76442"/>
     <w:rsid w:val="00D9204C"/>
-    <w:rsid w:val="00D95597"/>
-    <w:rsid w:val="00DF4C94"/>
     <w:rsid w:val="00DF58D2"/>
     <w:rsid w:val="00E0142B"/>
-    <w:rsid w:val="00E4552A"/>
-    <w:rsid w:val="00E73152"/>
     <w:rsid w:val="00E73F0C"/>
+    <w:rsid w:val="00EE419F"/>
     <w:rsid w:val="00EF4711"/>
     <w:rsid w:val="00F33679"/>
     <w:rsid w:val="00F34682"/>
+    <w:rsid w:val="00F84102"/>
     <w:rsid w:val="00FA0E10"/>
-    <w:rsid w:val="00FF5AB5"/>
+    <w:rsid w:val="00FF0F4D"/>
     <w:rsid w:val="012BC3B3"/>
     <w:rsid w:val="03A97258"/>
     <w:rsid w:val="3B171FC0"/>
     <w:rsid w:val="4A85361C"/>
     <w:rsid w:val="564D48B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -29013,50 +26433,299 @@
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="1695769933">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1078093400">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="176963430">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1478914163">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="822506146">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="254630414">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="376130135">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="569072034">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1860073434">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2005470831">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="875384821">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1154180397">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1379813529">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="861627728">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="235172079">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="964458904">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1198617866">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1913853708">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1912890862">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="582110470">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="969281114">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="386995430">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -32229,50 +29898,325 @@
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
                     <w:div w:id="1723015635">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="643461636">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1005985688">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="615454036">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1103570996">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="413163789">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1019233426">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1835877195">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1265728183">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1106387569">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="828059017">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1720282047">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2123063483">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1703896778">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="411900164">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2029018599">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2062703349">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="899096645">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="938678971">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="278991891">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1411000095">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="93939351">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="852647347">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1892227524">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -32437,50 +30381,299 @@
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="1920672943">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1482849322">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1189752745">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1889102601">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1966810204">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1972317980">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1688559682">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1144852475">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1470979597">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="263415390">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="724184328">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1903711910">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1189640497">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1789202810">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1392077521">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="204800152">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="24140526">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="452217863">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1401949305">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="317926496">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1203205596">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1765177184">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -32712,195 +30905,50 @@
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="1366175496">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1996951949">
-              <w:marLeft w:val="0"/>
-[...143 lines deleted...]
-            <w:div w:id="763499295">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/></Relationships>
 </file>
 
@@ -33190,50 +31238,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="69c57f59-3089-4884-9e50-743c5888dc96">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007477B128495CDE44B5707222EB9DED75" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8a6ee8d18b438cb602791b3a77178a4d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69c57f59-3089-4884-9e50-743c5888dc96" xmlns:ns3="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2f89298a0898d51ef21a6f957b4cbe5d" ns2:_="" ns3:_="">
     <xsd:import namespace="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <xsd:import namespace="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
@@ -33450,108 +31518,88 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9681D76D-D69D-4956-82F7-F2C1B023472D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4816D714-7ACA-4768-B5B3-4424C24E0734}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69c57f59-3089-4884-9e50-743c5888dc96"/>
+    <ds:schemaRef ds:uri="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A5A0BA3-DCA1-4256-BDCB-0223097FE760}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4816D714-7ACA-4768-B5B3-4424C24E0734}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{958554BB-DDA4-4F8F-A05D-18DD2E370005}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>585</Words>
-  <Characters>3339</Characters>
+  <Words>624</Words>
+  <Characters>3557</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3917</CharactersWithSpaces>
+  <CharactersWithSpaces>4173</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>C.Pearce</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007477B128495CDE44B5707222EB9DED75</vt:lpwstr>