--- v5 (2026-01-30)
+++ v6 (2026-03-04)
@@ -330,3644 +330,4254 @@
                       <w:r w:rsidR="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r w:rsidR="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="17745327" w14:textId="026E3068" w:rsidR="008A3112" w:rsidRPr="00D76442" w:rsidRDefault="00196E6F" w:rsidP="00B10786">
+                    <w:p w14:paraId="17745327" w14:textId="026E3068" w:rsidR="008A3112" w:rsidRPr="00D76442" w:rsidRDefault="008A3112" w:rsidP="00B10786">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId10" w:history="1">
-                        <w:r w:rsidR="008A3112" w:rsidRPr="00D76442">
+                        <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r w:rsidR="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="7117" w:type="dxa"/>
+        <w:tblW w:w="6149" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="647"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="5517B1C8" w14:textId="60FE49B9" w:rsidTr="008F64A6">
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="5517B1C8" w14:textId="2B36FD59" w:rsidTr="00070338">
         <w:trPr>
-          <w:trHeight w:val="409"/>
+          <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="61DD1836" w14:textId="24EB7C07" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+          <w:p w14:paraId="61DD1836" w14:textId="24EB7C07" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="3C44C321" w14:textId="523D0687" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00760A91" w:rsidP="00D76442">
+          <w:p w14:paraId="3C44C321" w14:textId="61F61E31" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA9F7A5" w14:textId="71725CC1" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C90F15" w14:textId="57934747" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B39A591" w14:textId="2AF7DB6F" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BE6954" w14:textId="706D3F1B" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2661F019" w14:textId="61C117E1" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A09F7BF" w14:textId="60822963" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA9F7A5" w14:textId="7C767C3F" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+          <w:p w14:paraId="5C2BDDCB" w14:textId="5520485D" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="79C90F15" w14:textId="770ED8F6" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+          <w:p w14:paraId="47B4B819" w14:textId="37C0B87C" w:rsidR="00070338" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A20DEE" w14:textId="529DA8A1" w:rsidR="00070338" w:rsidRDefault="00070338" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...10 lines deleted...]
-          <w:p w14:paraId="6B39A591" w14:textId="73BAE41D" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="224F00A2" w14:textId="1EFD520F" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4845448B" w14:textId="03B7E6B2" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29B930AC" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70897B5F" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14E27BDB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73F81C79" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E81CFC9" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="650877FF" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A60E32D" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E7B6B13" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65BDB3D6" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7741C0D1" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="07BEE92A" w14:textId="308F1B0C" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D193A27" w14:textId="317442D1" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C98CA43" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D7C76D6" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A8FBF1C" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F30D760" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FDDA7B5" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DE2951C" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4700985D" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11BCAAE9" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26F5502D" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D0D5E6B" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="623BFA41" w14:textId="04EC1E85" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3E6120" w14:textId="1B9798D4" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="2661F019" w14:textId="1CAB26D9" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36C12EE6" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35F42FEB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="708B1E6D" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="016B174A" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1693D3B1" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36556B24" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0703162D" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C7D7405" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37778446" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="715B7A4D" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="2A82F080" w14:textId="5D6FDFB2" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FBD6E81" w14:textId="3AFBDA7F" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FDBA086" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5171A951" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4470122E" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50E7CACD" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15F435BE" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="346DAE09" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09AF20AB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7719EAF3" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BB88AEB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27E59618" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="7B493594" w14:textId="2DBBD5CF" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7297BFB4" w14:textId="4973BF3D" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="377976C0" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B9EDDAC" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49569D8A" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EF3069B" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29788DCB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E681F79" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EA7390F" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C094685" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="214E248A" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A063DCB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="02545D9C" w14:textId="7C7D552E" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6091FA54" w14:textId="1572FFCA" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="683B9F59" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A6224E7" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="180CEC63" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="332D0B72" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="262CF0F2" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52DB359C" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10987A59" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57096C14" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FD1D9BD" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F39CE01" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="667C0A03" w14:textId="17A0E5CA" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="71184719" w14:textId="475ED7B7" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5730DF62" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C1F40E4" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09A7FF4E" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08916072" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A385445" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45D5B143" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7358E7FE" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28082B8B" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63F76FCB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="129C3FBE" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="286AC3AF" w14:textId="0F4608D5" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1ABBE0" w14:textId="19945F69" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75CFB8B6" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="409B77D4" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="706DF984" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11D9E04B" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EBD1A37" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0246A5A4" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E641D7C" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="006418A7" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63F325E6" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CCD9EAF" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="28CA1546" w14:textId="474D681B" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DA5E5A0" w14:textId="5C2975EF" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1416F819" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63581D03" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DA8C998" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E6760D3" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36727FE7" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E0A3024" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05A75708" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D24ED74" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D70B5FB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F9FA70D" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="66ACFE74" w14:textId="2AD8965C" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F17273" w14:textId="4B652F98" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22EF0FB8" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E6DFD61" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A7BA589" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A79EDF6" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1013F224" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C66B93C" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6693B69D" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77C1EB8E" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="534C9EFB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="520D0BFB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="7220188A" w14:textId="59917DBD" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="60AD466D" w14:textId="7DA1B8BB" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13E6824B" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A44CD36" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="033225AD" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E38F078" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B6087AE" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41DD4305" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44276D8F" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="111505B9" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56000826" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D91A888" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="47512EC0" w14:textId="17FB4053" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5318A189" w14:textId="2FB25BFB" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...3244 lines deleted...]
-          <w:p w14:paraId="425B4620" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="501CC297" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E0B8317" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55F915AE" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C85A87C" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23DCCCB5" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02B2468F" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C23D33F" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2371C457" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38271372" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CDF7E9B" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="187F4AE3" w14:textId="77777777" w:rsidR="00290D26" w:rsidRDefault="00D76442" w:rsidP="00191FC3">
+    <w:p w14:paraId="1D58E540" w14:textId="7152C22B" w:rsidR="002831BC" w:rsidRPr="00D76442" w:rsidRDefault="00D76442" w:rsidP="00191FC3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B18EA31" wp14:editId="0D138ADC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="988320439" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -4087,1355 +4697,1337 @@
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D76442">
+      <w:r w:rsidR="002831BC" w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t>Spellings – Look, cover, write and check. This week we are practising</w:t>
       </w:r>
       <w:r w:rsidR="00050781" w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> commonly confused words.</w:t>
       </w:r>
       <w:r w:rsidR="00F34682" w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002831BC" w:rsidRPr="00076C31" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="002831BC" w:rsidRPr="00414FA5" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="00076C31" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="00414FA5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00414FA5">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11D05BB1" w14:textId="3757E8F7" w:rsidR="002831BC" w:rsidRPr="00076C31" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="11D05BB1" w14:textId="3757E8F7" w:rsidR="002831BC" w:rsidRPr="00414FA5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00414FA5">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="015A615B" w14:textId="06E6D04B" w:rsidR="002831BC" w:rsidRPr="00076C31" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="015A615B" w14:textId="06E6D04B" w:rsidR="002831BC" w:rsidRPr="00414FA5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00414FA5">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="00076C31" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="00414FA5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00414FA5">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07234843" w14:textId="25F6B893" w:rsidR="002831BC" w:rsidRPr="00076C31" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="07234843" w14:textId="25F6B893" w:rsidR="002831BC" w:rsidRPr="00414FA5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00414FA5">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076C31" w:rsidRPr="00076C31" w14:paraId="4648E37F" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="00414FA5" w:rsidRPr="00414FA5" w14:paraId="4648E37F" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44FF7828" w14:textId="570B3D13" w:rsidR="00076C31" w:rsidRPr="00196E6F" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+          <w:p w14:paraId="44FF7828" w14:textId="65D43B54" w:rsidR="00414FA5" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00196E6F">
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>particular</w:t>
+              <w:t>accommodate</w:t>
             </w:r>
-            <w:r w:rsidRPr="00196E6F">
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17B1770B" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="17B1770B" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E3092AD" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="0E3092AD" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7877BABB" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="7877BABB" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24438781" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="24438781" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076C31" w:rsidRPr="00076C31" w14:paraId="241BB8AB" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="00414FA5" w:rsidRPr="00414FA5" w14:paraId="241BB8AB" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68EA5080" w14:textId="73D74201" w:rsidR="00076C31" w:rsidRPr="00196E6F" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+          <w:p w14:paraId="68EA5080" w14:textId="71A24C42" w:rsidR="00414FA5" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00196E6F">
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>popular</w:t>
+              <w:t>accompany</w:t>
             </w:r>
-            <w:r w:rsidRPr="00196E6F">
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="295A4BBC" w14:textId="3859C5D0" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="295A4BBC" w14:textId="3859C5D0" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="081837A7" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="081837A7" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00196E6F" w:rsidRPr="00076C31" w14:paraId="2C533514" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="00414FA5" w:rsidRPr="00414FA5" w14:paraId="4958301C" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="610DD293" w14:textId="2A882E55" w:rsidR="00196E6F" w:rsidRPr="00196E6F" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+          <w:p w14:paraId="43C265A2" w14:textId="1499C5AC" w:rsidR="00414FA5" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00196E6F">
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>calendar</w:t>
+              <w:t>according</w:t>
             </w:r>
-            <w:r w:rsidRPr="00196E6F">
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A542E3C" w14:textId="77777777" w:rsidR="00196E6F" w:rsidRPr="00076C31" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+          <w:p w14:paraId="13C1BE96" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A7EB606" w14:textId="77777777" w:rsidR="00196E6F" w:rsidRPr="00076C31" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+          <w:p w14:paraId="0AB945F4" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A19D22F" w14:textId="77777777" w:rsidR="00196E6F" w:rsidRPr="00076C31" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+          <w:p w14:paraId="00BD63BB" w14:textId="239183A7" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BA10BEC" w14:textId="77777777" w:rsidR="00196E6F" w:rsidRPr="00076C31" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076C31" w:rsidRPr="00076C31" w14:paraId="4958301C" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="00414FA5" w:rsidRPr="00414FA5" w14:paraId="0138A8C4" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43C265A2" w14:textId="31583418" w:rsidR="00076C31" w:rsidRPr="00196E6F" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+          <w:p w14:paraId="754C6928" w14:textId="5CDCEC63" w:rsidR="00414FA5" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00196E6F">
+              <w:t>according</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F6B2490" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6653B3" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA5B406" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF81449" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00414FA5" w:rsidRPr="00414FA5" w14:paraId="71B68D79" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75AF0D1D" w14:textId="59F3225E" w:rsidR="00414FA5" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>peculiar</w:t>
+              <w:t>achieve</w:t>
             </w:r>
-            <w:r w:rsidRPr="00196E6F">
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13C1BE96" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="57970E4A" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AB945F4" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00BD63BB" w14:textId="239183A7" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="41A38841" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="39AEF005" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076C31" w:rsidRPr="00076C31" w14:paraId="0138A8C4" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="00414FA5" w:rsidRPr="00414FA5" w14:paraId="5B27EC32" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="754C6928" w14:textId="48A16043" w:rsidR="00076C31" w:rsidRPr="00196E6F" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+          <w:p w14:paraId="035E4F1A" w14:textId="579C9639" w:rsidR="00414FA5" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00196E6F">
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>arrive</w:t>
+              <w:t>conscious</w:t>
             </w:r>
-            <w:r w:rsidRPr="00196E6F">
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F6B2490" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="540D3A89" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C6653B3" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="1A8B8C6A" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA5B406" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="76966E89" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BF81449" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="041B682C" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076C31" w:rsidRPr="00076C31" w14:paraId="71B68D79" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="00414FA5" w:rsidRPr="00414FA5" w14:paraId="14F040EB" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75AF0D1D" w14:textId="57E971F9" w:rsidR="00076C31" w:rsidRPr="00196E6F" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+          <w:p w14:paraId="259D0E76" w14:textId="20D27747" w:rsidR="00414FA5" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00196E6F">
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>appear</w:t>
+              <w:t>disastrous</w:t>
             </w:r>
-            <w:r w:rsidRPr="00196E6F">
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57970E4A" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="1540859C" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="675262BF" w14:textId="17FC3BB7" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41A38841" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="5EA3389D" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39AEF005" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="36BFC936" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076C31" w:rsidRPr="00076C31" w14:paraId="5B27EC32" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="00414FA5" w:rsidRPr="00414FA5" w14:paraId="3D6179D8" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="035E4F1A" w14:textId="59A9486A" w:rsidR="00076C31" w:rsidRPr="00196E6F" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+          <w:p w14:paraId="5FF72440" w14:textId="09747B3F" w:rsidR="00414FA5" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00196E6F">
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>disappear</w:t>
+              <w:t>marvellous</w:t>
             </w:r>
-            <w:r w:rsidRPr="00196E6F">
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="540D3A89" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="2736A3E3" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8B8C6A" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="7639FFDF" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76966E89" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="2A1A07FF" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="041B682C" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="43B19063" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076C31" w:rsidRPr="00076C31" w14:paraId="14F040EB" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="003434DB" w:rsidRPr="00414FA5" w14:paraId="0369C80C" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="259D0E76" w14:textId="1B9C396A" w:rsidR="00076C31" w:rsidRPr="00196E6F" w:rsidRDefault="00196E6F" w:rsidP="00076C31">
+          <w:p w14:paraId="13785852" w14:textId="57F4C78F" w:rsidR="003434DB" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00196E6F">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>possess</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>mischievous</w:t>
             </w:r>
-            <w:r w:rsidRPr="00196E6F">
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1540859C" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="0AE10ED2" w14:textId="77777777" w:rsidR="003434DB" w:rsidRPr="00414FA5" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="675262BF" w14:textId="17FC3BB7" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="77023746" w14:textId="77777777" w:rsidR="003434DB" w:rsidRPr="00414FA5" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EA3389D" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="2B0F5FFB" w14:textId="77777777" w:rsidR="003434DB" w:rsidRPr="00414FA5" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36BFC936" w14:textId="77777777" w:rsidR="00076C31" w:rsidRPr="00076C31" w:rsidRDefault="00076C31" w:rsidP="00076C31">
+          <w:p w14:paraId="07E1FB13" w14:textId="77777777" w:rsidR="003434DB" w:rsidRPr="00414FA5" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076C31" w:rsidRPr="00076C31" w14:paraId="3D6179D8" w14:textId="77777777" w:rsidTr="002831BC">
-[...89 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="78544102" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00D9204C">
-[...6 lines deleted...]
-    <w:p w14:paraId="7E54EEEB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+    <w:p w14:paraId="61FED863" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06933FF5" wp14:editId="5A09496F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C476CA8" wp14:editId="4B203CBA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1251397902" name="Text Box 3"/>
+                <wp:docPr id="64302099" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0AF7F88C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="55D3606F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6606C5E2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="292757BF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="2CE263B1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="655DF08F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="0417490F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="5FE2844D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="0C5A6A11" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="0FFA5C76" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="03A3C8B3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="12B9D038" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3D57292F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="7D75B467" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId13" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="06933FF5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBDkmEuOgIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVV8RsoTgiXxY6KTnD1xXCPzDnn5lF7SAPuA/+CQ+pAGuC3qKkBPvrb/chH0eK&#13;&#10;UUoa1GJO3c89s4IS9U3jsG/TySSINzqT6ecROvY6sr2O6H29AiQqxc0zPJoh36uTKS3Ur7g2y/Aq&#13;&#10;hpjm+HZO/clc+W5DcO24WC5jEsrVMP+gN4YH6DCYQOtL+8qs6cfqURGPcFIty95Nt8sNX2pY7j3I&#13;&#10;Ko4+8Nyx2tOPUo/i6dcy7NK1H7Mufx6L3wAAAP//AwBQSwMEFAAGAAgAAAAhAILikRzkAAAAEAEA&#13;&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoU5SkSRqn4qdw6YmCOLuxa1uN15Ht&#13;&#10;puHtcU9wWWm0uzPztZvZDmSSPhiHDJaLDIjE3gmDisHX59tDBSREjoIPDiWDHxlg093etLwR7oIf&#13;&#10;ctpHRZIJhoYz0DGODaWh19LysHCjxLQ7Om95TNIrKjy/JHM70McsK6nlBlOC5qN80bI/7c+WwfZZ&#13;&#10;1aqvuNfbShgzzd/HnXpn7P5ufl2n8bQGEuUc/z7gypD6Q5eKHdwZRSADg2qVJ6DIYFXUQK4HeV2W&#13;&#10;QA4M8qIsgHYt/Q/S/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#13;&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#13;&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDkmEuOgIAAIQEAAAO&#13;&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAAAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="2C476CA8" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBDkmEuOgIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVV8RsoTgiXxY6KTnD1xXCPzDnn5lF7SAPuA/+CQ+pAGuC3qKkBPvrb/chH0eK&#13;&#10;UUoa1GJO3c89s4IS9U3jsG/TySSINzqT6ecROvY6sr2O6H29AiQqxc0zPJoh36uTKS3Ur7g2y/Aq&#13;&#10;hpjm+HZO/clc+W5DcO24WC5jEsrVMP+gN4YH6DCYQOtL+8qs6cfqURGPcFIty95Nt8sNX2pY7j3I&#13;&#10;Ko4+8Nyx2tOPUo/i6dcy7NK1H7Mufx6L3wAAAP//AwBQSwMEFAAGAAgAAAAhAILikRzkAAAAEAEA&#13;&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoU5SkSRqn4qdw6YmCOLuxa1uN15Ht&#13;&#10;puHtcU9wWWm0uzPztZvZDmSSPhiHDJaLDIjE3gmDisHX59tDBSREjoIPDiWDHxlg093etLwR7oIf&#13;&#10;ctpHRZIJhoYz0DGODaWh19LysHCjxLQ7Om95TNIrKjy/JHM70McsK6nlBlOC5qN80bI/7c+WwfZZ&#13;&#10;1aqvuNfbShgzzd/HnXpn7P5ufl2n8bQGEuUc/z7gypD6Q5eKHdwZRSADg2qVJ6DIYFXUQK4HeV2W&#13;&#10;QA4M8qIsgHYt/Q/S/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#13;&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#13;&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDkmEuOgIAAIQEAAAO&#13;&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAAAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="0AF7F88C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="55D3606F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="6606C5E2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="292757BF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="2CE263B1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="655DF08F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="0417490F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="5FE2844D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="0C5A6A11" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="0FFA5C76" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="03A3C8B3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="12B9D038" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3D57292F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="7D75B467" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId14" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -5475,3569 +6067,3564 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="7E66CB28" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="06AF3204" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1B5EADBA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="08C034C5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="1A3B71E5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="50B52522" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="758D0FF1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="505E72B3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="526325B4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="40AA3AB7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D9B4D87" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="29FA2616" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C93DEFF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FDEE801" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="3FA981C5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="35774282" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="64E427B9" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...39 lines deleted...]
-          <w:p w14:paraId="1FD4D726" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="3B3F4E64" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...198 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="6799DAD9" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="7EDD9F52" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="488CC1A1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="0A1E7536" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AED2051" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="1777BCFC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="4D833D1B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3ECC2042" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37FE4996" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3159CF84" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D7AD47E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C36C1EF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BBAD7B2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79F1BAC0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="499657F4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27B8FD64" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="09403ECD" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="2B1BC177" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="146DA5BB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="1735FD42" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D7BA3D1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="22D61069" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="0D41992F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="289E4923" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B688BDF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54CAC0C7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0152792C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53FF4F85" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="049A868D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37287703" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="266A72E0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CC5CB79" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="75AE5A32" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="4BFA57C1" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="00B5E9DC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="62D9CA45" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DD956EA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="06FEBD3C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="5831A350" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="035323A2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="278AC316" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="116AF68B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F80EAEB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FC10A98" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BC03F29" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2943EED9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E2EC457" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="532EF859" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="139379BA" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="5084D0F7" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="3CC7213B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="5E0576C1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E52B205" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="7C66ECB3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="12A9BCAF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14B82EA3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78E1EB5E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E0F7248" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="019FF4AC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="707A2D05" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A1DFE0C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BA7E083" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="425CC660" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C3320F8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="5E83330E" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="4046BFD7" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1BB1A139" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...24 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="12516BC6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0882DA95" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="0E689E07" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="58A04ED0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18FC7122" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="278CEA96" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64105009" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60DB576A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59B557CC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CF6023B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24C05219" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="011A598F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AEA7992" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="13C36931" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="766A0868" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6A4A88FC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="753A6C66" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="487610C6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="390BC64E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="5D5D8854" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6843E158" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F28DD37" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DBB3E34" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="034E25B7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68098245" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FD77206" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="173E42AC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A9088F1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25E251D4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="4B8AC243" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="214851BE" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4AA741E2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="5CD1682E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D976714" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="039D7B2B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="689683DA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="714D258C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37A66685" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05B7BD22" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74DF7965" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C4112CD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="277B06BC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35BE1FFB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59DDB72D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29C90EC5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="40870467" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="47871B4F" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="254B7389" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="6E74A602" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A9C1786" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="2B0D83D3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="0C119F94" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B23A631" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41AB6CD5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="687B08B5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="530A0615" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="429836E9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="647F55F8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0411F652" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4023587E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2706B629" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="65F6745E" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="77BD4304" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="16C0B997" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="252F8C6E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A9C84FB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="76C45B7B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="2C2B0C90" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A8DB76C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79C26C2B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32BCA7D5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A7F53C0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51BC9729" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AFFD264" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53371FA4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04C5C434" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3204A867" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="44CB92AC" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="7BAA2436" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="3ADB2F90" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="32C0FB39" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05BC72FE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="077F96DF" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="30727C78" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="331DDB5D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B755B79" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0042FEE3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2538FA59" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15E8DE6F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21AA0FBC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="142A56BF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="374EA0C0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E79A48A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="50C6AA06" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="493C22E7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31530057" wp14:editId="5840DB5A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EC6814A" wp14:editId="105AC5EF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1429849667" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="304016238" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -9052,62 +9639,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B2BEC0E" wp14:editId="6F0B9F30">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05681155" wp14:editId="046DA381">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1831707283" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="645151096" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -9129,1254 +9716,1340 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="2313D85A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B5FC5C4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3432DE93" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E91763C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D71A48D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BC29D60" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="141C31C9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18AEB18E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00DE5DA5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DBB3A3C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42B611F3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DDB69C6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67"/>
+    <w:p w14:paraId="4575AA3F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67"/>
+    <w:p w14:paraId="4E10FA25" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70758457" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+    <w:p w14:paraId="7C592D50" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="17ADE6E5" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="7AB4F11A" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6762E77A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="042C4808" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5857267C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="31D41906" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="226C43DB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="30D0C4E9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E73F61C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="541EEE4B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31B569F0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="41A8904F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="1AF91FBB" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="6CEF95E7" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="057F9658" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="009D1DFB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="0A925A73" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00291669" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D1DFB">
+            <w:r w:rsidRPr="00291669">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>February</w:t>
+              <w:t>knowledge</w:t>
             </w:r>
-            <w:r w:rsidRPr="009D1DFB">
+            <w:r w:rsidRPr="00291669">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AB75576" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="2BA4A5C0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="365638C7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="66778486" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24CD0AE1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="1223F75A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69271262" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="08D4F60A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="2CF1D79D" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="6DDAFDDD" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62431283" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="009D1DFB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="3E56A891" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00291669" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D1DFB">
+            <w:r w:rsidRPr="00291669">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>ordinary</w:t>
+              <w:t>believe</w:t>
             </w:r>
-            <w:r w:rsidRPr="009D1DFB">
+            <w:r w:rsidRPr="00291669">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="422A13AA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="1D8DA0DD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6341460F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="5D60FE1F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A299D77" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="6D01E22C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="098ACD47" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="7C4E95EF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="5672FE1F" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="640AD9D2" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54E96C10" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="009D1DFB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="0549F3DC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00291669" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D1DFB">
+            <w:r w:rsidRPr="00291669">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>library</w:t>
+              <w:t>complete</w:t>
             </w:r>
-            <w:r w:rsidRPr="009D1DFB">
+            <w:r w:rsidRPr="00291669">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19E38D56" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="011CFA0B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49B1E8D2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="4FB13789" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="493D8C31" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="5CAC5DCF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59380DB7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="5B97A7BD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="58D174A7" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="1CFD5889" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="148BC088" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="009D1DFB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="0F53372B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00291669" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00291669">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009D1DFB">
+              <w:t>consider</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00291669">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="067812FD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="477D2763" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="275CD2A3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F09909B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="2C1E5804" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E3A4B86" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00291669" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00291669">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>century</w:t>
+              <w:t>continue</w:t>
             </w:r>
-            <w:r w:rsidRPr="009D1DFB">
+            <w:r w:rsidRPr="00291669">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5065F001" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="5D701FA8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71B544F4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="317B50EA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="522348BD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="62DBF586" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EAA5D7E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="2B6711B0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="30C822FA" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="70B7E340" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76750840" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="009D1DFB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="23236B72" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00291669" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D1DFB">
+            <w:r w:rsidRPr="00291669">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>history</w:t>
+              <w:t>bicycle</w:t>
             </w:r>
-            <w:r w:rsidRPr="009D1DFB">
+            <w:r w:rsidRPr="00291669">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02CA7A70" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="20DDADA9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CC7BF7B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="735BFD8A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06098C49" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="2B1A8C79" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37577249" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="348BC2AB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="12E8C166" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="3A601011" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08F29D1A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="009D1DFB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="5995F2E1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00291669" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D1DFB">
+            <w:r w:rsidRPr="00291669">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>busy</w:t>
+              <w:t>island</w:t>
             </w:r>
-            <w:r w:rsidRPr="009D1DFB">
+            <w:r w:rsidRPr="00291669">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E819E79" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="6893797A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DA9725B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="7CA8320E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5894E433" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="5B954323" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63035BE1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="083D7FE4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="7967BA59" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="6CC0674A" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="065026CC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="009D1DFB" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="12552589" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00291669" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D1DFB">
+            <w:r w:rsidRPr="00291669">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>business</w:t>
+              <w:t>certain</w:t>
             </w:r>
-            <w:r w:rsidRPr="009D1DFB">
+            <w:r w:rsidRPr="00291669">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BED1130" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="678DA593" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60B9374D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="4015EA12" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8B6F26" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="23C17D12" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C33C70A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="50E7EEC9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="7F1C9529" w14:textId="77777777" w:rsidTr="00C34503">
-[...89 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B8B96B4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00D9204C">
+    <w:p w14:paraId="36EC1DE4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="003434DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="377A39B6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+    <w:p w14:paraId="6F853B35" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58FB3FDF" wp14:editId="39CE4539">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C15253E" wp14:editId="124284CE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1430313190" name="Text Box 3"/>
+                <wp:docPr id="504307267" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="05212660" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="0C48E8E0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="63C9E014" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="641A891A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="52A649BD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="690A9F55" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="5067B5C5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="578F6781" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="35B525CD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="3382A1B9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="0177FE25" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="3582F23A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="735D8EA8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="7B936180" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId15" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="58FB3FDF" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="3C15253E" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="05212660" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="0C48E8E0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="63C9E014" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="641A891A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="52A649BD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="690A9F55" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="5067B5C5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="578F6781" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="35B525CD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="3382A1B9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="0177FE25" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="3582F23A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="735D8EA8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="7B936180" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId16" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -10416,3569 +11089,3564 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="323BDB13" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="02C66990" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6704D2A2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="653D4781" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="3F1170AF" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="7AED053D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="1B1CCFA1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="71EEEC25" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="75E6325C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B26FB6B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4188056C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A44DA00" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6BFCB4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FCA62E6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="3B56161A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="424105C5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="709AA947" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...39 lines deleted...]
-          <w:p w14:paraId="785CEDB8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="538725EA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...198 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="5F119E4C" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="077512F1" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="3D502844" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="10CC6DD7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="472593AA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="3240127A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="0D9E9140" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1736FAF3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="334606AF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="207B2937" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FE8DAF4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1324906B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CC5212C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3196A00D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A86F15B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25E619B6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="435E3B31" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="3FB9B9B6" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="41F2AA7E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="31646764" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1583784C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="63F183E8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="73DF37E0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="556F7054" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F352C32" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25ED404D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19C87E0D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B98756A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62DD424A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D450878" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C62B989" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3274A3B9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="585FA5D5" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="284E59BE" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="11118D76" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="53165C39" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="696CA65B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="0260D889" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="1BDCE022" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="038F41A3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29D5B00E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05CFD884" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11B1E1C0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="702E3327" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="376D460C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7624FCF8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0409A24B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00A3D5D1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="229406C0" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="6B643F00" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6869C0B5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="60D584F2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C12D8EA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="31E1129E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="7A5A22B9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EF2FD87" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AF51AA7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="280C6730" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EDF7347" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D5658A3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="549349FE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="318A7AE1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2898C8E8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0860247B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="37CE3AB8" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="072894C1" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="23D3B4F1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...24 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="7FD1C54D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BD13614" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="37684FE8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="2D8B272A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E6A4A67" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EB52A95" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="672F75CF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22C784AE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B39D210" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="543C9B42" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="341D1EF3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C39204D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16990384" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="500E0E9D" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="117AA624" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7DAF6A99" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="3ADF73A0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D9973E8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="46052FF8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="29638DDA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B45BE08" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D9830F0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="029A66F2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="786BF9D9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="615CF2EB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45E00028" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D72CFC1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7898F50E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EFE010A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="2A926EE6" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="56415FA6" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="46538EDA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="29446DD3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E9C17AA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="1577A8C6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="4135FAB7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EE007C2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0396900C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4220C56C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E428863" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59773B18" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E22EE98" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D28261F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="784B3220" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77CEDEAC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="21CBA750" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="49885A52" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4EB54585" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="24FF4430" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B38E299" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="7917D176" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="6FE7B9F4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27D5C1A6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E72C875" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24811177" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0687B75C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F91EF95" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CA0F295" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0587149A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A2DFC96" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="413FD983" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="5E822DC4" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="2539C20A" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1CDE5CE4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="0EFDCC91" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="199E4C7B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="0649F680" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="399D82CF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AB01883" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00A94737" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="791DB27D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03555762" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C05EDBD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A7E7323" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3013B957" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FBA1E36" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2225F521" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="782E8545" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="2F6A85E0" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4322AAEB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="33D5C550" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2403D6BC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="20911064" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="2AFF5313" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2022BE8B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FF4AEA3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18DCA2BF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="635C32B4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="631221DE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49AA32DD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="216E33BC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BC378E8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35022C4E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2BBBAA12" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="249EBE8A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3942752C" wp14:editId="4595EE2E">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CED9F0A" wp14:editId="62FB120E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1720025190" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="2125491668" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -13993,62 +14661,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23DF2258" wp14:editId="42355652">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54F0919B" wp14:editId="2C0EBE14">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1954587248" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1244884366" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -14070,1356 +14738,1340 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="790077A4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21FAC1AC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BE496F6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B802D09" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F4CB205" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C565E7B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5873677A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E55A882" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="172E605E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6933A128" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CBA5F68" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14EB1DDB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67"/>
+    <w:p w14:paraId="1AE524D1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67"/>
+    <w:p w14:paraId="63C219A0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59782DB5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+    <w:p w14:paraId="285DF5B4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="7EE1F677" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="026212A1" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="727E694B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="37A7C76B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="769A5BB4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="3A9A2339" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1ABCF32B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="464602E5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC965F4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="06E9E615" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1259175D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="562C73C4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="2ADC3CBA" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="3F229120" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DB92F76" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00FF0F4D" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="07715799" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00E537AC" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FF0F4D">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>attached</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>important</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FF0F4D">
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="045EA1DB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="223A4966" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D73F5D2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="311E9D19" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24AA5A06" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="7E7D8482" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="364C5EC3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="30516F2B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="5A287994" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="3DD7A626" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E1275E6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00FF0F4D" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="2C263D90" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00E537AC" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FF0F4D">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>determined</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>interest</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FF0F4D">
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0541D997" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="521474FC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A4531F3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="75D8BFCF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B9A04AD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="1743675B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EB2530A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="0FE0CAFB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="5191D5DA" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="2A5070F5" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DCCFF86" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00FF0F4D" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="150DC4AB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00E537AC" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FF0F4D">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>equip</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>length</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FF0F4D">
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C73B2F0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="4C3E84D3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA47350" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="157A6F0B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48E87A89" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="1502AB0D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19B1B5A2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="2268D217" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="00984A21" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="36231294" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62C5E968" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00FF0F4D" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="6B0A2E1C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00E537AC" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FF0F4D">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>equipped</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>material</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FF0F4D">
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D98131F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="0097D07A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E226C06" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="5B2585CD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7996DAE6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="498AED21" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B5896A7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="71B7E041" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="6B97A7F3" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="1F93D749" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D609613" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00FF0F4D" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="7A8C8011" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00E537AC" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FF0F4D">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>equipment</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>natural</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FF0F4D">
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D6A38B0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="7B1A173D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F0D7873" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="32FA8429" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22D2BCAE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="4FACDC41" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="099D1E14" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="358A8EC4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="3C868986" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="111CD851" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34130871" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00FF0F4D" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="05B6DC72" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00E537AC" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FF0F4D">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>lightning</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>medicine</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FF0F4D">
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5937B7EF" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="5333BB7C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49982058" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="02AC5520" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C1DA59C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="284A4E45" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4867431D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="45A975E6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="399DF2EE" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="0875F051" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1056B94B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00FF0F4D" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="1AA35426" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00E537AC" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FF0F4D">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>shoulder</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>minute</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FF0F4D">
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A0F1D07" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="06DFFC8A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60D98AE1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="59E7FF97" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14B1C4D0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="34452C4E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02D828B2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="5CC18E1E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="121E504A" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="0E35AC06" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B7D6C20" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00FF0F4D" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="2F90F79E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00E537AC" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FF0F4D">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>soldier</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>notice</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FF0F4D">
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15AA0C67" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="677837F8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37AA79CD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="0A08218E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="220F71A9" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="74FBECBF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45881F1C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="7FB64302" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="2DEAF22A" w14:textId="77777777" w:rsidTr="00C34503">
-[...89 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="29591159" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D9204C" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+    <w:p w14:paraId="54009072" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="003434DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="46D51691" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+    <w:p w14:paraId="211C36B0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EF3C514" wp14:editId="28DC695B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="547C812E" wp14:editId="4774AA9C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="961842814" name="Text Box 3"/>
+                <wp:docPr id="261577338" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0992A6AB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="1DF2A0D0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5A109455" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="000FFDFE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="49177325" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="008FB61F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="23A92C5B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="244A6342" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="2C1777B3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="54CEB19C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="1B57E34C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="18809F61" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="15B7A936" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                          <w:p w14:paraId="196F051D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId17" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3EF3C514" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="547C812E" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="0992A6AB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="1DF2A0D0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5A109455" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="000FFDFE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="49177325" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="008FB61F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="23A92C5B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="244A6342" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="2C1777B3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="54CEB19C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="1B57E34C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="18809F61" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="15B7A936" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+                    <w:p w14:paraId="196F051D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId18" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -15459,3569 +16111,3564 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="1E34AB68" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="6D232DFC" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="77CF9B6E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="526AC0C6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="728AB43C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="647246AA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="4E314394" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="0F0DE6B1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2357BC3D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="77DD42E1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5B9FF4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C145B57" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5400CA48" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D5D1668" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="52FA6041" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="37315CFD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6A4B6F22" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...39 lines deleted...]
-          <w:p w14:paraId="6AF35D2A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="7BC91B24" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...198 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="7D1C8C47" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="45F42470" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="65A06AA7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="79A80AC3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56287982" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="4D4C2461" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="3EB1E289" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="494C79CF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15E9E473" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48EDD8FB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67AA00C7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FECCC33" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A62AEAC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76D3D6C5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37E33F0D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23F69663" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="68592A2C" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="61B7EAF3" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4B3E8757" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="4226B9AC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38DADEB6" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="7AB0B693" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="62ADE548" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4441E747" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F526CC1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0822F96A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40C70E0E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F7311EB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C832E3F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F922AD5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="258228A3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D5DC76A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="047CF29C" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="308ED4B2" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="3FB3D518" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="67BD4404" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7102BDE7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="61B8AACA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="62E74231" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CE32B7D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12084483" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="623910DB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42489566" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75983CD9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C634604" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37820AF4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12EB0417" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D08AAD7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="429F001B" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="47D3EC11" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4873FB60" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="72827B4A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="247F6E43" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="1498BD33" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="12C0C2CB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07FD916F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25C0FED5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77FCEAFF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CD02CA0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="194CD6DC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33DB7C81" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06443EC1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03281615" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33E3DE4C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="0943BD72" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="6B9AD3A9" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="68D3D696" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...24 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="28142C95" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21DC1CF9" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="3BC82BC3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="28FF12E4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C848899" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63793244" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B8A4EFE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44053C84" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17EF706B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57B871E4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59F61A6F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5160EFA9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0ED71059" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="2B47CE1E" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="03F0EE39" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="06C77D95" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="2DB6F67A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E297554" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="659BF661" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="5F1A785D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15888405" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="313D6D70" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C9C2F51" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2ECFF0CC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A5588B0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E69CC30" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BCB17D7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="395E7B1B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78A59924" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="582F0E79" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="2C9C151F" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7CBB176E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="4CEFA2A6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="307EE28E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="06FAA23F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="203F9F03" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43C3EE5C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E9C2912" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57E075B9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59112068" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01152CB2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24606642" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="213FB14B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23815BE2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34AEAFD4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="0CC9037E" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="292CEE35" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="204B0BA7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="7AE311D3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A0ADB62" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="7F0F6600" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="742FBFC0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66DC2727" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26D6ED7E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E61CAF3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28B38D64" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B440940" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C23A082" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DD18747" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A3F5F6C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C3C87A7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="51C3869F" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="7F65AD5C" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1697A50F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="3BBB273E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52A3F156" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="4D4100AB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="15DD5403" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66ECAC70" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20A02B1E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BA2DCFD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7204AD80" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3880EE4D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4542E1E7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31E14445" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A04CD61" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1547D290" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00D76442" w14:paraId="18008B17" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="4D99B7FD" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="55106E2F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="7AB89476" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="725FD48B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="0589F173" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="16245E3E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C402F3E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15611247" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4806DC79" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A44EE04" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="516BE40C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33187CF9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D7F236A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="217E73E0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B300E1A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="67E4C1AD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1D3435C3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AC2A0C6" wp14:editId="079EA82C">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61C207E6" wp14:editId="6BB5EB9A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="240493117" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="1853955789" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -19036,62 +19683,10275 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CA64419" wp14:editId="418F620D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D1C661C" wp14:editId="0586210F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="349605770" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1716756444" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect t="12281" b="14035"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1050925" cy="774700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76FF2CF0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="366BEEBF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65B2DD17" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19D8B50B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29A619E0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="643B66A9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55DE5BC0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E72C657" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="242FDF88" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B9F3BC5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06C4ECD5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BBE48F2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67"/>
+    <w:p w14:paraId="5E015423" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67"/>
+    <w:p w14:paraId="7405B5F4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+        <w:br w:type="textWrapping" w:clear="all"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A22396B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="3119"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="4CDE16E4" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E018761" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB34EFC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78E9DC9B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC115F4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Write</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1073FDD9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="165B237E" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F211758" w14:textId="3DF1F789" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3389881A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E370DF6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="611F58E7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA27B26" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="5E0EE2A1" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="416D6593" w14:textId="0246685C" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>me</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CDE9936" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A87A2C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34639D63" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C99A9AA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="4B7BDFBA" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C192EB3" w14:textId="259F9832" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>there</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D217EAA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39052057" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14B688B1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39A6B509" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="1DC474F8" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A42CB05" w14:textId="6317B327" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>said</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F73609A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="284DA8FF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46590931" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60C26C5F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="371CFA65" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C81C9F" w14:textId="016BE7D4" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>says</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFEC106" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="573FE509" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49426CA6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="144F091B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="13A9FF31" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DBEC743" w14:textId="61E46E02" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>they</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AEF359F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E8FE56" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66720075" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E8872D4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="389202A7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="148C50C5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00D76442" w:rsidP="003434DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2312752E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FF2E7D0" wp14:editId="34B400A9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5549900</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>481965</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3953510" cy="2416810"/>
+                <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1959338860" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3953510" cy="2416810"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="66034392" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2644261C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="1F76D37F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="2C9C6204" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="0668F3BF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="035B9406" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Log onto Maths</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Whizz here</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">: </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6B4A4F0B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:hyperlink r:id="rId19" w:history="1">
+                              <w:r w:rsidRPr="00D76442">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                  <w:sz w:val="36"/>
+                                  <w:szCs w:val="36"/>
+                                </w:rPr>
+                                <w:t>www.mathswhizz.com</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4FF2E7D0" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251635712;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="66034392" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2644261C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="1F76D37F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="2C9C6204" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="0668F3BF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="035B9406" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Log onto Maths</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Whizz here</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">: </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6B4A4F0B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:hyperlink r:id="rId20" w:history="1">
+                        <w:r w:rsidRPr="00D76442">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                            <w:sz w:val="36"/>
+                            <w:szCs w:val="36"/>
+                          </w:rPr>
+                          <w:t>www.mathswhizz.com</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fast Maths</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="7117" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="63182A74" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="16261837" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>X </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E7BB9CA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9362FB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="604926E6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="71663F29" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A920087" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2B25D1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6856969E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CDD277A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B406BBB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6171BACD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="2AFD0461" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="31219821" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70D60AB8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E6621CA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F2B2045" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0481C166" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00E520BA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71253BA9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C6EB629" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E4F1A2F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BAC6E5E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6112D833" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="401B9BB3" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="479DCDA3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BE6BC3C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DD0115B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22369572" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="230FF189" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35B1D44F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="022AB5BE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B8AE1BC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A02CD7A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3891AC8B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47952790" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="2348D7E3" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E30FA70" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3804A7C7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25A55855" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="533A82F4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06BEAED3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C458282" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71AC955B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04EAC5FD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DBA2D0A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A5E9FF7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B2B9D93" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="14870395" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C8EDDE1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FE2E657" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EAB7D22" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23EC5FEA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E285053" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B9E6276" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76340854" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="453078F3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F9CD479" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E9009C2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26D35595" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="48A8B8A0" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA1256D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33258636" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="419AA7A0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="651D6F14" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="353B36D2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BB2E6FD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59544370" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10ABFD20" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="311A7B82" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6000FD9F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="210E9CF9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="71C222E3" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BBFA67F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52631DD8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F7CBACA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F16B0A0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1482AA6B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73D07880" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FABB818" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19C23249" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A0FCB86" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AFFA593" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C7FE6B3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="2DB44F2E" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FC151B4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76684E2A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A8B910E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="774879DC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3277DA78" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B04F680" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48715C39" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FEBDABD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56334AF1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08CEE7EE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04A449EA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="2BA31009" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="794E61E3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F0E3AEC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FF75A81" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F5800D8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E255394" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29045160" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25B2860D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CCD60B6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E040499" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B3163A7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30C90A76" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="7717BAF1" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="29AAE178" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B9874EA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42C9F0F3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="582D801B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64985FE0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44A30CEF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E3410A1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E6EC83A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B044DCF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F29D7E3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="634C0990" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="0DA6AD35" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="646BA363" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10680621" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01BFC874" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3579C0EA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AEAA263" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36645E1F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="437BA0E8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78D8AF5B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BCC366A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="545039D4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24C75222" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4E4F8F56" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="788A3506" wp14:editId="69211B04">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>6248400</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1152525</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1102360" cy="698500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="793246262" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect t="17334" b="19334"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1102360" cy="698500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3616619D" wp14:editId="13AB92DD">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>7823200</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1063625</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1050925" cy="774700"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1726270310" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect t="12281" b="14035"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1050925" cy="774700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D3AC236" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32398801" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="642367E7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D55E515" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23421A24" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39F1A3CE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0625EFAE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78689184" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EA374B4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FC1120E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CDE75CE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D5A4E0F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67"/>
+    <w:p w14:paraId="7C71506A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67"/>
+    <w:p w14:paraId="2226F0D7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+        <w:br w:type="textWrapping" w:clear="all"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF22506" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="3119"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="58805D42" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46832481" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="301C5416" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49D2A70F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="315FC6D6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Write</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="425BD828" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="38F42C17" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8687F0" w14:textId="60511C6A" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>fast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7719EFA8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="390BE855" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18DCD8BA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7314DC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="4E34894C" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4C450D" w14:textId="1D59D97F" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>past</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B01BD45" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC6C6B8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70C28C0F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72840804" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="75856E33" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50840E96" w14:textId="4559D995" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>class</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7530727F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA56274" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09BEE0C6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC1BD3B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="60267C71" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE19EC7" w14:textId="683C044A" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>grass</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C9502B2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B954EAA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09F7AE19" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDE9C7E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="2542A46D" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F80DFD4" w14:textId="7271765C" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>half</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E17AD9E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6C6BEC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="437541A8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0464ACB7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="047D24A1" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08AAA911" w14:textId="12B50B11" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>because</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16249EE3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15F0164D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3694456A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7137CB3F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="51A2EA56" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="003434DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39E72887" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="003434DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2973A40C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="725FAA76" wp14:editId="5B1B5652">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5549900</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>481965</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3953510" cy="2416810"/>
+                <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="413413505" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3953510" cy="2416810"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="740A9563" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5511E8B4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="2B193741" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="016987BE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="4889304E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="520F0796" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Log onto Maths</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Whizz here</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">: </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="25A2F656" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:hyperlink r:id="rId21" w:history="1">
+                              <w:r w:rsidRPr="00D76442">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                  <w:sz w:val="36"/>
+                                  <w:szCs w:val="36"/>
+                                </w:rPr>
+                                <w:t>www.mathswhizz.com</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="725FAA76" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251631616;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA9V73NPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2eiNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD1Xvc08AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="740A9563" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5511E8B4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="2B193741" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="016987BE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="4889304E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="520F0796" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Log onto Maths</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Whizz here</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">: </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="25A2F656" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:hyperlink r:id="rId22" w:history="1">
+                        <w:r w:rsidRPr="00D76442">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                            <w:sz w:val="36"/>
+                            <w:szCs w:val="36"/>
+                          </w:rPr>
+                          <w:t>www.mathswhizz.com</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fast Maths</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="6149" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="20D0483B" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="54692E82" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>X </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="622A1C5F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="048F5EFA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B3B56F8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8419C5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CDD84D1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="493D0F21" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="467A5096" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D725E09" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="078E6D6B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E0855CB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="43231205" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="716FC018" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67294F8E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36DDD793" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77A3E5D6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65B52EDD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72D3B251" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E6CCC0E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EDD0DE0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="316A2D95" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5163737C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F524B63" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="67436472" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="337729CD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D8B6B18" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68987ED0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D45DE95" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C78DEFC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="040F2FC2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55A7E085" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="245D2D41" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="259DCF69" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="322ABCD9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C9B922C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="7D7D2C45" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7147AD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57D77EA7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0122BF76" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D17CFD6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="058D008A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D5A6B2A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60CDEEDA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5751196B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D48F589" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5300768A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53D069F1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="14A3623C" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="46185E95" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FF15C36" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="596B548A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05971292" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FB015C0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="713F2EC1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FF1914F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11604C75" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3661E64B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64CC9127" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16E97111" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="473633BE" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AFC4F18" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C732782" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08BF6D43" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32CF5E4F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5861D4AA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C28610A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="741F89F5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78FC6739" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0610F337" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="534F420C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22A5A1A0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="172227D2" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="056BD7D8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15442874" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72D09958" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4797AF71" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2132603D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24A2C400" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1346048D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="002952D1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C5ADB3D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54999FA8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="248ED8DC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="41778A7C" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="145E6A19" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05190D83" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D28188F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7642E1BD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EDB0DE9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34B1A665" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E49492F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C895767" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BEB07A0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42904CAF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34DA9AF5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="1B98D13E" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="22089CF4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F79F151" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="442B7E80" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53A0D8AE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CA55F6E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F4ADF18" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="065D7749" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AB5DDA5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E04F0A3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E90740E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66C12AEE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="603AE929" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="509FF6C3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23CA7C5F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A1200B6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FB20270" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B143EA1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12B38C52" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D1AD380" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59308155" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34DE7DAF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56887A50" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CC943CD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="1430DF5F" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F0FB3FE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2878F8E8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43F1A9C2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="290A4A46" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AD02E42" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F8B50BF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EA5A71F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44093424" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="302227CA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="295D3AA3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="789F5947" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="387C3989" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F60C9D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="474EB95A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32299520" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="004AC7E4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FE33272" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A13173B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="296F162A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25B21A08" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C9D7767" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FFA83BB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="489C8A8E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="030A5FFF" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="10B80F58" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00315CE4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00C559F8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E1928FB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1645FBA4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15D387F7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F13C9D9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65336FBC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01525A57" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F606351" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FCEFE9B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="40116B64" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42CB5F61" wp14:editId="0F16F30B">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>6248400</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1152525</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1102360" cy="698500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="375565482" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect t="17334" b="19334"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1102360" cy="698500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E76A890" wp14:editId="292D85AA">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>7823200</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1063625</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1050925" cy="774700"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="98846941" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -19119,6477 +29979,1238 @@
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="58A27D46" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="49909303" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31DB7905" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="7751A62E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00414FA5">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BBE79D3" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="1261352A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00414FA5">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="655478A7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="364148E0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00414FA5">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74A5992C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="01959132" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00414FA5">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF22C84" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="61EFDA24" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00076C31">
+            <w:r w:rsidRPr="00414FA5">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="0C7EEE3E" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="2BC66208" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CACBE8B" w14:textId="2445251B" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="4A64A9AA" w14:textId="413430B7" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00075F04">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>opportunity</w:t>
+              <w:t>ancient</w:t>
             </w:r>
-            <w:r w:rsidRPr="00075F04">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A16CBB7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="12CDB4DA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1791F0A4" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="789FDDB8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54C99027" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="2809C379" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53AC1A6F" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="199CB487" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="34A12A81" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="6463F118" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C8672CC" w14:textId="0F6CC352" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="74AB8F37" w14:textId="7BAAE36A" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00075F04">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>curiosity</w:t>
+              <w:t>apparent</w:t>
             </w:r>
-            <w:r w:rsidRPr="00075F04">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CEEF7BE" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="74A227AA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06A302A1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="0BD89A2D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36A87C5B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="0F9F55BD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78B78CCA" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="6EA8FFA3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="6C6C8246" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="630B1509" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25E859C7" w14:textId="11BB3C59" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="692520AD" w14:textId="5F73BB96" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00075F04">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>secretary</w:t>
+              <w:t>aggressive</w:t>
             </w:r>
-            <w:r w:rsidRPr="00075F04">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC8E2A2" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="50636975" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EAB5BA8" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="10D19AD4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE83113" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="542D6B04" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CAF4EBC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="6D6F548A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="4E565DA7" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="22CD63E4" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19CE9A90" w14:textId="3CB552D4" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="3B32F17B" w14:textId="215BD720" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00075F04">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>dictionary</w:t>
+              <w:t>committee</w:t>
             </w:r>
-            <w:r w:rsidRPr="00075F04">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="260C45C7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="2C66D526" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FDDB75D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="000BE801" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37D03CFB" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="63D00FA1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AC04CFD" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="3FF48635" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="48895DAC" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="7DCEEFE0" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62539E0B" w14:textId="4E96588D" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="3C7DE3FE" w14:textId="738F4CEC" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00075F04">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>necessary</w:t>
+              <w:t>community</w:t>
             </w:r>
-            <w:r w:rsidRPr="00075F04">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CE2E5B0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="44A049A9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="679254AC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="5436AFAF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73C72C1D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="50FEBDDD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AF44860" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="57C6B9B3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="5889DF78" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="3BAAAB2E" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58DB5E4F" w14:textId="5CFA1AFE" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="06D55B24" w14:textId="61B6DA62" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00075F04">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>amateur</w:t>
+              <w:t>communicate</w:t>
             </w:r>
-            <w:r w:rsidRPr="00075F04">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72BDD9D5" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="421623CF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="785AB81C" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="66688AB9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B56146A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="539EC2D5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="405A054B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="0CA5473D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="2EF840A2" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="5590CBA4" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C4ED489" w14:textId="34A42FDA" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="1D75CA25" w14:textId="6C951A91" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00075F04">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>available</w:t>
+              <w:t>appreciate</w:t>
             </w:r>
-            <w:r w:rsidRPr="00075F04">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="373C72B9" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="4AD8BD64" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2509ECB7" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="77E677E5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08CAE33A" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="5F9292D6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A7BEB21" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00C34503">
+          <w:p w14:paraId="15180552" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="7D95E3F8" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="340C277B" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04D4530F" w14:textId="22EE9653" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="2EE13CE7" w14:textId="58BCF025" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00075F04">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>relevant</w:t>
+              <w:t>interfere</w:t>
             </w:r>
-            <w:r w:rsidRPr="00075F04">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60830F82" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="11EA3A18" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EF6DCC0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="61C36BD4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F7F6226" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="210C9E4D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54E5590B" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="7C21B43B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075F04" w:rsidRPr="00076C31" w14:paraId="693CA08B" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="3C5A619D" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A578D49" w14:textId="2F9AD4D6" w:rsidR="00075F04" w:rsidRPr="00075F04" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="515370AD" w14:textId="64BFE32A" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00075F04">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>restaurant</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>interrupt</w:t>
             </w:r>
-            <w:r w:rsidRPr="00075F04">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD434D1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="09167245" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66FADCD0" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="3D2A773D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40F5FBD1" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="212D4584" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37CA5C1D" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00076C31" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+          <w:p w14:paraId="60D09113" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="55E7F6CC" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D9204C" w:rsidRDefault="00075F04" w:rsidP="00075F04">
+    <w:p w14:paraId="1EC2DB8F" w14:textId="7204B6D6" w:rsidR="00D76442" w:rsidRPr="003434DB" w:rsidRDefault="00D76442" w:rsidP="003434DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/school-materials-clip-art-cartoon-open-book-free-png.png" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51B42C8E" w14:textId="77777777" w:rsidR="00075F04" w:rsidRPr="00D76442" w:rsidRDefault="00075F04" w:rsidP="00075F04">
-[...5224 lines deleted...]
-    <w:sectPr w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidSect="002831BC">
+    <w:sectPr w:rsidR="00D76442" w:rsidRPr="003434DB" w:rsidSect="002831BC">
       <w:headerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DC73DB2" w14:textId="77777777" w:rsidR="00F84102" w:rsidRDefault="00F84102" w:rsidP="008A3112">
+    <w:p w14:paraId="57825D70" w14:textId="77777777" w:rsidR="009E6D79" w:rsidRDefault="009E6D79" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F73A097" w14:textId="77777777" w:rsidR="00F84102" w:rsidRDefault="00F84102" w:rsidP="008A3112">
+    <w:p w14:paraId="336A9AE7" w14:textId="77777777" w:rsidR="009E6D79" w:rsidRDefault="009E6D79" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant Std">
     <w:panose1 w:val="020B0503020103030203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35E02BC1" w14:textId="77777777" w:rsidR="00F84102" w:rsidRDefault="00F84102" w:rsidP="008A3112">
+    <w:p w14:paraId="0DD129A1" w14:textId="77777777" w:rsidR="009E6D79" w:rsidRDefault="009E6D79" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0EE0F05E" w14:textId="77777777" w:rsidR="00F84102" w:rsidRDefault="00F84102" w:rsidP="008A3112">
+    <w:p w14:paraId="4CE0D0B1" w14:textId="77777777" w:rsidR="009E6D79" w:rsidRDefault="009E6D79" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="216AEAA7" w14:textId="19F487BB" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
+  <w:p w14:paraId="216AEAA7" w14:textId="0DDD64A1" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Name:                                                                                                     </w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">Year </w:t>
     </w:r>
-    <w:r w:rsidR="009B1055">
+    <w:r w:rsidR="0092284F">
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve"> Homework</w:t>
     </w:r>
     <w:r w:rsidR="00AF1B6C">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00FF0F4D">
-      <w:t xml:space="preserve">                                                                </w:t>
+    <w:r w:rsidR="00982218">
+      <w:t xml:space="preserve">                                                                                      </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00581694">
       <w:t>Date</w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">  </w:t>
     </w:r>
-    <w:r w:rsidR="00075F04">
-      <w:t>29</w:t>
+    <w:r w:rsidR="00025C92">
+      <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00B76DBE">
-      <w:t>.</w:t>
+    <w:r w:rsidR="00943F67">
+      <w:t>6.</w:t>
     </w:r>
-    <w:r w:rsidR="00D33F82">
-      <w:t>01</w:t>
+    <w:r w:rsidR="00025C92">
+      <w:t>02.2</w:t>
     </w:r>
-    <w:r w:rsidR="00B76DBE">
-[...3 lines deleted...]
-      <w:t>5</w:t>
+    <w:r w:rsidR="00943F67">
+      <w:t>6</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00191FC3">
-      <w:t xml:space="preserve">                                                                                                     </w:t>
+      <w:t xml:space="preserve">                                                                                               </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="162"/>
+  <w:zoom w:percent="113"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A3112"/>
+    <w:rsid w:val="00025C92"/>
     <w:rsid w:val="00050781"/>
     <w:rsid w:val="00070338"/>
-    <w:rsid w:val="00075F04"/>
-    <w:rsid w:val="00076C31"/>
     <w:rsid w:val="000855F5"/>
+    <w:rsid w:val="00095546"/>
     <w:rsid w:val="00191FC3"/>
-    <w:rsid w:val="00196E6F"/>
     <w:rsid w:val="001A4026"/>
     <w:rsid w:val="00203B2E"/>
-    <w:rsid w:val="00236170"/>
     <w:rsid w:val="0024448A"/>
     <w:rsid w:val="002831BC"/>
-    <w:rsid w:val="00290D26"/>
+    <w:rsid w:val="003434DB"/>
     <w:rsid w:val="00414FA5"/>
-    <w:rsid w:val="004B43FB"/>
-    <w:rsid w:val="00542415"/>
     <w:rsid w:val="00581694"/>
+    <w:rsid w:val="005F19F3"/>
     <w:rsid w:val="007358D7"/>
     <w:rsid w:val="00744AAC"/>
-    <w:rsid w:val="00760A91"/>
     <w:rsid w:val="008A3112"/>
-    <w:rsid w:val="008F64A6"/>
-    <w:rsid w:val="009B1055"/>
+    <w:rsid w:val="008F1EEC"/>
+    <w:rsid w:val="0092284F"/>
+    <w:rsid w:val="00943F67"/>
+    <w:rsid w:val="009769E5"/>
+    <w:rsid w:val="00982218"/>
     <w:rsid w:val="009D5FA0"/>
+    <w:rsid w:val="009E6D79"/>
     <w:rsid w:val="00A306B9"/>
     <w:rsid w:val="00A3648D"/>
     <w:rsid w:val="00A86478"/>
-    <w:rsid w:val="00AC1791"/>
     <w:rsid w:val="00AF1B6C"/>
     <w:rsid w:val="00B10786"/>
-    <w:rsid w:val="00B47C9C"/>
     <w:rsid w:val="00B76DBE"/>
     <w:rsid w:val="00C471C5"/>
-    <w:rsid w:val="00CB2021"/>
-    <w:rsid w:val="00D33F82"/>
     <w:rsid w:val="00D76442"/>
-    <w:rsid w:val="00D9204C"/>
     <w:rsid w:val="00DF58D2"/>
     <w:rsid w:val="00E0142B"/>
-    <w:rsid w:val="00E73F0C"/>
-    <w:rsid w:val="00EE419F"/>
     <w:rsid w:val="00EF4711"/>
     <w:rsid w:val="00F33679"/>
     <w:rsid w:val="00F34682"/>
-    <w:rsid w:val="00F84102"/>
     <w:rsid w:val="00FA0E10"/>
-    <w:rsid w:val="00FF0F4D"/>
     <w:rsid w:val="012BC3B3"/>
     <w:rsid w:val="03A97258"/>
     <w:rsid w:val="3B171FC0"/>
     <w:rsid w:val="4A85361C"/>
     <w:rsid w:val="564D48B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -26433,299 +32054,50 @@
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="1695769933">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1078093400">
-              <w:marLeft w:val="0"/>
-[...247 lines deleted...]
-            <w:div w:id="969281114">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="386995430">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -29898,310 +35270,284 @@
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
                     <w:div w:id="1723015635">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="643461636">
+    <w:div w:id="445734404">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1005985688">
+        <w:div w:id="608859206">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="615454036">
+            <w:div w:id="42095302">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1103570996">
+        <w:div w:id="432287587">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="413163789">
+            <w:div w:id="1351253682">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1019233426">
+        <w:div w:id="1896890796">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1835877195">
+            <w:div w:id="1955211149">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1265728183">
+        <w:div w:id="532811233">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1106387569">
+            <w:div w:id="257032780">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="828059017">
+        <w:div w:id="641275462">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1720282047">
+            <w:div w:id="2031485940">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="2123063483">
+        <w:div w:id="684137962">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1703896778">
+            <w:div w:id="450369412">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="411900164">
+        <w:div w:id="165023349">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="2029018599">
+            <w:div w:id="469400298">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="2062703349">
+        <w:div w:id="1105004302">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="899096645">
+            <w:div w:id="610164871">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="938678971">
+        <w:div w:id="1878271153">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="278991891">
-[...25 lines deleted...]
-            <w:div w:id="93939351">
+            <w:div w:id="976882925">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="852647347">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -30381,299 +35727,50 @@
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="1920672943">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1482849322">
-              <w:marLeft w:val="0"/>
-[...247 lines deleted...]
-            <w:div w:id="1203205596">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1765177184">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -31249,61 +36346,52 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="69c57f59-3089-4884-9e50-743c5888dc96">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69c57f59-3089-4884-9e50-743c5888dc96" xmlns:ns3="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2f89298a0898d51ef21a6f957b4cbe5d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007477B128495CDE44B5707222EB9DED75" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9df6543bf7a71c85d616ce05797766d2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69c57f59-3089-4884-9e50-743c5888dc96" xmlns:ns3="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="478bfff29a52cfb6d5647ce8c6b7ec57" ns2:_="" ns3:_="">
     <xsd:import namespace="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <xsd:import namespace="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -31518,88 +36606,97 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4816D714-7ACA-4768-B5B3-4424C24E0734}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <ds:schemaRef ds:uri="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50C44BF1-6958-4E7E-8074-EA5FFE552F9B}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A5A0BA3-DCA1-4256-BDCB-0223097FE760}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>3557</Characters>
+  <Pages>7</Pages>
+  <Words>820</Words>
+  <Characters>3190</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>3190</Lines>
+  <Paragraphs>572</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4173</CharactersWithSpaces>
+  <CharactersWithSpaces>3438</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>C.Pearce</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007477B128495CDE44B5707222EB9DED75</vt:lpwstr>